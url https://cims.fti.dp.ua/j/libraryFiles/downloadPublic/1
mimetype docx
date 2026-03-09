--- v0 (2025-10-18)
+++ v1 (2026-03-09)
@@ -1,46 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="70B5BD30" w14:textId="664441C6" w:rsidR="0088218B" w:rsidRPr="004560DC" w:rsidRDefault="00DC0741" w:rsidP="00FD7ED7">
       <w:pPr>
         <w:pStyle w:val="CIMS-UDC"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc164160552"/>
       <w:bookmarkStart w:id="2" w:name="_Toc134391271"/>
@@ -1283,54 +1281,52 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003E7AC4" w:rsidRPr="00182DD0">
         <w:t>john.doe@domain.uk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BCB2A09" w14:textId="77777777" w:rsidR="00182DD0" w:rsidRDefault="00182DD0" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
         <w:rPr>
           <w:rStyle w:val="a7"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78A3B150" w14:textId="77777777" w:rsidR="003E7AC4" w:rsidRDefault="003E7AC4" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F4B33E0" w14:textId="77777777" w:rsidR="00157833" w:rsidRDefault="00157833" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:sectPr w:rsidR="00157833" w:rsidSect="001348F1">
           <w:headerReference w:type="even" r:id="rId10"/>
           <w:headerReference w:type="default" r:id="rId11"/>
-          <w:footerReference w:type="even" r:id="rId12"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CE62D5A" w14:textId="77777777" w:rsidR="00880825" w:rsidRDefault="00177E51" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32705EFC" w14:textId="7AB495DD" w:rsidR="00177E51" w:rsidRDefault="00177E51" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:t>The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section.</w:t>
       </w:r>
@@ -3898,51 +3894,51 @@
     </w:p>
     <w:p w14:paraId="2DBE2A8D" w14:textId="77777777" w:rsidR="00801A76" w:rsidRPr="001417E4" w:rsidRDefault="00801A76" w:rsidP="00801A76">
       <w:pPr>
         <w:pStyle w:val="CIMS-Figure"/>
       </w:pPr>
       <w:r w:rsidRPr="001417E4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="265967BA" wp14:editId="4EED24B5">
             <wp:extent cx="1076325" cy="649575"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1383936944" name="Рисунок 1" descr="Calculator, pen, compass, money and a paper with graphs printed on it"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="508846136" name="Рисунок 508846136" descr="Calculator, pen, compass, money and a paper with graphs printed on it"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1087352" cy="656230"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -5091,103 +5087,103 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0FCC58A4" w14:textId="1DAD96DB" w:rsidR="00880825" w:rsidRDefault="004879CF" w:rsidP="009B152B">
       <w:pPr>
         <w:pStyle w:val="CIMS-References"/>
       </w:pPr>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">American Psychological </w:t>
       </w:r>
       <w:r w:rsidRPr="009B152B">
         <w:t>Association</w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Publication Manual of the American Psychological Association, Seventh Edition</w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">. Author. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId15" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="004879CF">
           <w:rPr>
             <w:rStyle w:val="a7"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/products/publication-manual-7th-edition</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2EED8BEA" w14:textId="77777777" w:rsidR="004879CF" w:rsidRDefault="004879CF" w:rsidP="009B152B">
       <w:pPr>
         <w:pStyle w:val="CIMS-References"/>
       </w:pPr>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">American Psychological Association. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Publication Manual of the American Psychological Association, Seventh Edition</w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">. Author. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="004879CF">
           <w:rPr>
             <w:rStyle w:val="a7"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/products/publication-manual-7th-edition</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6A1D4ECC" w14:textId="77777777" w:rsidR="004879CF" w:rsidRDefault="004879CF" w:rsidP="009B152B">
       <w:pPr>
         <w:pStyle w:val="CIMS-References"/>
       </w:pPr>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">American Psychological Association. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Publication Manual of the American Psychological Association, Seventh Edition</w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">. Author. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId17" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="004879CF">
           <w:rPr>
             <w:rStyle w:val="a7"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/products/publication-manual-7th-edition</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="1AD83A83" w14:textId="77777777" w:rsidR="00E25269" w:rsidRDefault="00E25269" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="634B3B89" w14:textId="0D589852" w:rsidR="004979C4" w:rsidRPr="00E25269" w:rsidRDefault="00943A5A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
@@ -5327,114 +5323,114 @@
         <w:t>)».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E4FBBE" w14:textId="11E9A9CF" w:rsidR="00943A5A" w:rsidRPr="00DC2EDA" w:rsidRDefault="00943A5A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00943A5A" w:rsidRPr="00DC2EDA" w:rsidSect="009B3273">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="227"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26BAFD4F" w14:textId="77777777" w:rsidR="00B02560" w:rsidRDefault="00B02560" w:rsidP="00BC7229">
+    <w:p w14:paraId="71906D22" w14:textId="77777777" w:rsidR="00FA32A9" w:rsidRDefault="00FA32A9" w:rsidP="00BC7229">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50C2AF21" w14:textId="77777777" w:rsidR="00B02560" w:rsidRDefault="00B02560" w:rsidP="00BC7229">
+    <w:p w14:paraId="3D9F2C48" w14:textId="77777777" w:rsidR="00FA32A9" w:rsidRDefault="00FA32A9" w:rsidP="00BC7229">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -5442,308 +5438,318 @@
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61E20912" w14:textId="77777777" w:rsidR="00F726DC" w:rsidRDefault="00F726DC">
-[...18 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="CIMS-Table"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3213"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3213"/>
+      <w:gridCol w:w="2469"/>
+      <w:gridCol w:w="2443"/>
+      <w:gridCol w:w="2470"/>
+      <w:gridCol w:w="2257"/>
     </w:tblGrid>
-    <w:tr w:rsidR="000463F7" w:rsidRPr="000463F7" w14:paraId="02DFB94B" w14:textId="77777777" w:rsidTr="00E635F8">
+    <w:tr w:rsidR="003F3B5A" w:rsidRPr="003F3B5A" w14:paraId="02DFB94B" w14:textId="69484A98" w:rsidTr="003F3B5A">
       <w:trPr>
         <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3213" w:type="dxa"/>
+          <w:tcW w:w="2469" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="46AC8585" w14:textId="1D7FCD52" w:rsidR="000463F7" w:rsidRPr="00E635F8" w:rsidRDefault="000463F7" w:rsidP="00E635F8">
+        <w:p w14:paraId="46AC8585" w14:textId="4EAE062E" w:rsidR="003F3B5A" w:rsidRPr="003F3B5A" w:rsidRDefault="003F3B5A" w:rsidP="00E635F8">
           <w:pPr>
             <w:pStyle w:val="CIMS-Dates"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E635F8">
+          <w:r w:rsidRPr="003F3B5A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Received: 2025-XX-XX</w:t>
+            <w:t>Received: 2026-XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3213" w:type="dxa"/>
+          <w:tcW w:w="2443" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="638B2C56" w14:textId="2B443B94" w:rsidR="000463F7" w:rsidRPr="00E635F8" w:rsidRDefault="000463F7" w:rsidP="00E635F8">
+        <w:p w14:paraId="638B2C56" w14:textId="19C977F3" w:rsidR="003F3B5A" w:rsidRPr="003F3B5A" w:rsidRDefault="003F3B5A" w:rsidP="00E635F8">
           <w:pPr>
             <w:pStyle w:val="CIMS-Dates"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E635F8">
+          <w:r w:rsidRPr="003F3B5A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Revised: 2025-XX-XX</w:t>
+            <w:t>Revised: 2026-XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3213" w:type="dxa"/>
+          <w:tcW w:w="2470" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="6D30C418" w14:textId="064572C7" w:rsidR="000463F7" w:rsidRPr="00E635F8" w:rsidRDefault="000463F7" w:rsidP="00E635F8">
+        <w:p w14:paraId="6D30C418" w14:textId="0E44142A" w:rsidR="003F3B5A" w:rsidRPr="003F3B5A" w:rsidRDefault="003F3B5A" w:rsidP="00E635F8">
           <w:pPr>
             <w:pStyle w:val="CIMS-Dates"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E635F8">
+          <w:r w:rsidRPr="003F3B5A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Accepted: 2025-XX-XX</w:t>
+            <w:t>Accepted: 2026-XX-XX</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2257" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w14:paraId="15628C3D" w14:textId="1C57F9DD" w:rsidR="003F3B5A" w:rsidRPr="003F3B5A" w:rsidRDefault="003F3B5A" w:rsidP="00E635F8">
+          <w:pPr>
+            <w:pStyle w:val="CIMS-Dates"/>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="003F3B5A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+            <w:t>Published: 2026-XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="5546023D" w14:textId="640C49A1" w:rsidR="00CE101E" w:rsidRPr="00E635F8" w:rsidRDefault="00AF07CA" w:rsidP="00FD7ED7">
+  <w:p w14:paraId="5546023D" w14:textId="0F34A8AA" w:rsidR="00CE101E" w:rsidRPr="00E635F8" w:rsidRDefault="00AF07CA" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-Copyright"/>
     </w:pPr>
     <w:r w:rsidRPr="00157833">
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="13589B1C" wp14:editId="5A94DE49">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>2516505</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10135870</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="511175" cy="179705"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="964611883" name="Рисунок 7" descr="Зображення, що містить більярдна куля, символ&#10;&#10;Автоматично згенерований опис"/>
+          <wp:docPr id="642210863" name="Рисунок 7" descr="Зображення, що містить більярдна куля, символ&#10;&#10;Автоматично згенерований опис"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1627015213" name="Рисунок 7" descr="Зображення, що містить більярдна куля, символ&#10;&#10;Автоматично згенерований опис"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="511175" cy="179705"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00354793" w:rsidRPr="00E635F8">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00CE101E" w:rsidRPr="00E635F8">
       <w:t>Copyright © 202</w:t>
     </w:r>
-    <w:r w:rsidR="003E7AC4" w:rsidRPr="00E635F8">
-      <w:t>5</w:t>
+    <w:r w:rsidR="003F3B5A">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00CE101E" w:rsidRPr="00E635F8">
       <w:t xml:space="preserve"> Authors.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="076CF379" w14:textId="1F1232DC" w:rsidR="00AA12B2" w:rsidRPr="00E635F8" w:rsidRDefault="00354793" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-Copyright"/>
     </w:pPr>
     <w:r w:rsidRPr="00E635F8">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00E30F77" w:rsidRPr="00E635F8">
       <w:t>This work is licensed under a Creative</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FCCD02B" w14:textId="79C52B6A" w:rsidR="00E30F77" w:rsidRPr="00E635F8" w:rsidRDefault="00AA12B2" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-Copyright"/>
     </w:pPr>
     <w:r w:rsidRPr="00E635F8">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00E30F77" w:rsidRPr="00E635F8">
       <w:t>Commons Attribution 4.0</w:t>
     </w:r>
     <w:r w:rsidRPr="00E635F8">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00E30F77" w:rsidRPr="00E635F8">
       <w:t>International License.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E0A1DBD" w14:textId="77777777" w:rsidR="00B02560" w:rsidRDefault="00B02560" w:rsidP="00BC7229">
+    <w:p w14:paraId="4739A9FB" w14:textId="77777777" w:rsidR="00FA32A9" w:rsidRDefault="00FA32A9" w:rsidP="00BC7229">
       <w:bookmarkStart w:id="0" w:name="_Hlk170622128"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DBBE7C1" w14:textId="77777777" w:rsidR="00B02560" w:rsidRDefault="00B02560" w:rsidP="00BC7229">
+    <w:p w14:paraId="0CBBFF03" w14:textId="77777777" w:rsidR="00FA32A9" w:rsidRDefault="00FA32A9" w:rsidP="00BC7229">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A68220B" w14:textId="6465B2A4" w:rsidR="00D73700" w:rsidRPr="0029580F" w:rsidRDefault="005F1C8B" w:rsidP="00330355">
+  <w:p w14:paraId="7A68220B" w14:textId="5E48A8F0" w:rsidR="00D73700" w:rsidRPr="0029580F" w:rsidRDefault="005F1C8B" w:rsidP="00330355">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopAge2"/>
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="0029580F">
@@ -5795,95 +5801,118 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Challenges and Issues of Modern Science</w:t>
     </w:r>
     <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">2025, Vol. 4, No. </w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00F726DC">
+    <w:r w:rsidR="003F3B5A">
       <w:rPr>
         <w:szCs w:val="14"/>
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
+      <w:rPr>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="003F3B5A">
+      <w:rPr>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
+      <w:rPr>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, No. </w:t>
+    </w:r>
+    <w:r w:rsidR="003F3B5A">
+      <w:rPr>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00771EA5">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">, ID </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:alias w:val="Категорія"/>
         <w:tag w:val=""/>
         <w:id w:val="-1555684122"/>
         <w:placeholder>
           <w:docPart w:val="E53603398BF444B89906EAF8A8226B72"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="0060376F">
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>YYY</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0DF156E0" w14:textId="79CD15DD" w:rsidR="004853BD" w:rsidRPr="0029580F" w:rsidRDefault="004853BD" w:rsidP="00330355">
+  <w:p w14:paraId="0DF156E0" w14:textId="41519724" w:rsidR="004853BD" w:rsidRPr="0029580F" w:rsidRDefault="004853BD" w:rsidP="00330355">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9355"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Challenges and Issues of Modern Science</w:t>
     </w:r>
     <w:r w:rsidR="005F1C8B" w:rsidRPr="0029580F">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
@@ -5949,59 +5978,86 @@
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006A0FFE">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="006A0FFE">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:br/>
-      <w:t xml:space="preserve">2025, Vol. 4, No. </w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00F726DC">
+    <w:r w:rsidR="003F3B5A">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0029580F">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="003F3B5A">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0029580F">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, No. </w:t>
+    </w:r>
+    <w:r w:rsidR="003F3B5A">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00771EA5">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">, ID </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:alias w:val="Категорія"/>
         <w:tag w:val=""/>
         <w:id w:val="2013336906"/>
         <w:placeholder>
           <w:docPart w:val="4C6877922DB64EF683196364002121A6"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="0060376F">
@@ -6014,51 +6070,51 @@
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3BD4C52A" w14:textId="66728314" w:rsidR="00260986" w:rsidRPr="0088218B" w:rsidRDefault="00374E6D" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
     </w:pPr>
     <w:r w:rsidRPr="0088218B">
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="521B9412" wp14:editId="270E290F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>702945</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="781050" cy="572135"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1924642628" name="Рисунок 3" descr="Зображення, що містить Графіка, Шрифт, логотип, графічний дизайн&#10;&#10;Автоматично згенерований опис">
+          <wp:docPr id="2145585413" name="Рисунок 3" descr="Зображення, що містить Графіка, Шрифт, логотип, графічний дизайн&#10;&#10;Автоматично згенерований опис">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId1"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1609958410" name="Рисунок 3" descr="Зображення, що містить Графіка, Шрифт, логотип, графічний дизайн&#10;&#10;Автоматично згенерований опис">
                     <a:hlinkClick r:id="rId1"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
@@ -6067,68 +6123,80 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="781050" cy="572135"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00B07E13" w:rsidRPr="0088218B">
       <w:tab/>
       <w:t>Challenges and Issues of Modern Science</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="758E2079" w14:textId="229634D1" w:rsidR="0055065A" w:rsidRDefault="00900133" w:rsidP="00FD7ED7">
+  <w:p w14:paraId="758E2079" w14:textId="56D1DE71" w:rsidR="0055065A" w:rsidRDefault="00900133" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A90DE0">
-      <w:t>2025,</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="003F3B5A">
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00A90DE0">
+      <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00B07E13" w:rsidRPr="00510AD1">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B06787">
-      <w:t xml:space="preserve">Vol. 4, No. </w:t>
+      <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
-    <w:r w:rsidR="005C687E">
-      <w:t>2</w:t>
+    <w:r w:rsidR="003F3B5A">
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="00B06787">
+      <w:t xml:space="preserve">, No. </w:t>
+    </w:r>
+    <w:r w:rsidR="003F3B5A">
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00260986">
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00841151">
       <w:t>ID</w:t>
     </w:r>
     <w:r w:rsidR="006A0FFE">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Категорія"/>
         <w:tag w:val=""/>
         <w:id w:val="838964810"/>
         <w:placeholder>
           <w:docPart w:val="8FA7E8DC7779409890E72C2C57070B60"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="0060376F">
           <w:t>YYY</w:t>
         </w:r>
@@ -6141,65 +6209,71 @@
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0096691D" w:rsidRPr="0096691D">
       <w:t>ISSN: 3083-5704</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0F770224" w14:textId="0738D161" w:rsidR="007D121F" w:rsidRPr="00F142C2" w:rsidRDefault="007D121F" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B06787">
       <w:t xml:space="preserve">URL: </w:t>
     </w:r>
     <w:r w:rsidR="00771EA5" w:rsidRPr="00771EA5">
       <w:t>https://cims.fti.dp.ua/j/article/view/</w:t>
     </w:r>
     <w:r w:rsidR="0060376F">
       <w:t>YYY</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="77BCF301" w14:textId="7D355F7C" w:rsidR="00AE2E8F" w:rsidRDefault="007D121F" w:rsidP="00FD7ED7">
+  <w:p w14:paraId="77BCF301" w14:textId="034EEB28" w:rsidR="00AE2E8F" w:rsidRDefault="007D121F" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
     </w:pPr>
     <w:r w:rsidRPr="00F142C2">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00841151" w:rsidRPr="00F142C2">
       <w:t>DOI</w:t>
     </w:r>
     <w:r w:rsidR="00B06787" w:rsidRPr="00F142C2">
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidR="006A0FFE" w:rsidRPr="00F142C2">
-      <w:t>https://doi.org/10.15421/cims.4.</w:t>
+      <w:t>https://doi.org/10.15421/cims.</w:t>
+    </w:r>
+    <w:r w:rsidR="003F3B5A">
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="006A0FFE" w:rsidRPr="00F142C2">
+      <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="0060376F">
       <w:t>YYY</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F35A57A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
@@ -6517,51 +6591,51 @@
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1917009073">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1853302822">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1126655178">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="369376093">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="220"/>
+  <w:zoom w:percent="170"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="357"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="CIMS-Table"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6667,78 +6741,80 @@
     <w:rsid w:val="003274A1"/>
     <w:rsid w:val="00330355"/>
     <w:rsid w:val="003312F4"/>
     <w:rsid w:val="00350D36"/>
     <w:rsid w:val="00354793"/>
     <w:rsid w:val="00355572"/>
     <w:rsid w:val="003555C6"/>
     <w:rsid w:val="00363D6D"/>
     <w:rsid w:val="00365213"/>
     <w:rsid w:val="00365432"/>
     <w:rsid w:val="00374E6D"/>
     <w:rsid w:val="00375C1F"/>
     <w:rsid w:val="00377BEF"/>
     <w:rsid w:val="00385040"/>
     <w:rsid w:val="0039061E"/>
     <w:rsid w:val="0039436D"/>
     <w:rsid w:val="0039499B"/>
     <w:rsid w:val="003B2465"/>
     <w:rsid w:val="003B50C2"/>
     <w:rsid w:val="003C52D6"/>
     <w:rsid w:val="003D01E6"/>
     <w:rsid w:val="003D5159"/>
     <w:rsid w:val="003D5624"/>
     <w:rsid w:val="003E5421"/>
     <w:rsid w:val="003E7AC4"/>
+    <w:rsid w:val="003F3B5A"/>
     <w:rsid w:val="00406DAF"/>
     <w:rsid w:val="004113A9"/>
     <w:rsid w:val="00420D3B"/>
     <w:rsid w:val="00421A3F"/>
     <w:rsid w:val="0042562D"/>
     <w:rsid w:val="00425966"/>
     <w:rsid w:val="0043552D"/>
     <w:rsid w:val="004360B2"/>
     <w:rsid w:val="00444A00"/>
     <w:rsid w:val="004560DC"/>
     <w:rsid w:val="0046063A"/>
     <w:rsid w:val="00473A36"/>
     <w:rsid w:val="00483E5B"/>
     <w:rsid w:val="004853BD"/>
     <w:rsid w:val="004879CF"/>
     <w:rsid w:val="00495738"/>
     <w:rsid w:val="0049740E"/>
     <w:rsid w:val="004979C4"/>
     <w:rsid w:val="004D6D46"/>
     <w:rsid w:val="00500214"/>
     <w:rsid w:val="005008A3"/>
     <w:rsid w:val="00510AD1"/>
     <w:rsid w:val="00511A7E"/>
     <w:rsid w:val="005277BA"/>
     <w:rsid w:val="00527C13"/>
     <w:rsid w:val="00531A24"/>
     <w:rsid w:val="00534186"/>
     <w:rsid w:val="00537BF0"/>
+    <w:rsid w:val="0054211C"/>
     <w:rsid w:val="00542840"/>
     <w:rsid w:val="00547DA3"/>
     <w:rsid w:val="0055065A"/>
     <w:rsid w:val="005510F2"/>
     <w:rsid w:val="005513D2"/>
     <w:rsid w:val="00555547"/>
     <w:rsid w:val="0057226A"/>
     <w:rsid w:val="00576085"/>
     <w:rsid w:val="00582BC7"/>
     <w:rsid w:val="005B6AF4"/>
     <w:rsid w:val="005C05B6"/>
     <w:rsid w:val="005C6065"/>
     <w:rsid w:val="005C687E"/>
     <w:rsid w:val="005D351C"/>
     <w:rsid w:val="005E62D9"/>
     <w:rsid w:val="005F18E3"/>
     <w:rsid w:val="005F1C8B"/>
     <w:rsid w:val="005F25BF"/>
     <w:rsid w:val="005F5D95"/>
     <w:rsid w:val="00602FB5"/>
     <w:rsid w:val="00603213"/>
     <w:rsid w:val="0060376F"/>
     <w:rsid w:val="00624FA1"/>
     <w:rsid w:val="00625520"/>
     <w:rsid w:val="00630918"/>
@@ -6844,50 +6920,51 @@
     <w:rsid w:val="00977E96"/>
     <w:rsid w:val="009809E5"/>
     <w:rsid w:val="00993DC2"/>
     <w:rsid w:val="00994DA9"/>
     <w:rsid w:val="00996D34"/>
     <w:rsid w:val="009A07BD"/>
     <w:rsid w:val="009B152B"/>
     <w:rsid w:val="009B3273"/>
     <w:rsid w:val="009B7A5C"/>
     <w:rsid w:val="009C0C1F"/>
     <w:rsid w:val="009D00B1"/>
     <w:rsid w:val="009D0371"/>
     <w:rsid w:val="009D782D"/>
     <w:rsid w:val="009F57CC"/>
     <w:rsid w:val="00A0039E"/>
     <w:rsid w:val="00A12C97"/>
     <w:rsid w:val="00A203EF"/>
     <w:rsid w:val="00A30F53"/>
     <w:rsid w:val="00A3692E"/>
     <w:rsid w:val="00A523AB"/>
     <w:rsid w:val="00A6208E"/>
     <w:rsid w:val="00A70A1F"/>
     <w:rsid w:val="00A757B2"/>
     <w:rsid w:val="00A8004F"/>
     <w:rsid w:val="00A86B0A"/>
+    <w:rsid w:val="00A875D4"/>
     <w:rsid w:val="00A90DE0"/>
     <w:rsid w:val="00AA0588"/>
     <w:rsid w:val="00AA12B2"/>
     <w:rsid w:val="00AA6F39"/>
     <w:rsid w:val="00AA7EDA"/>
     <w:rsid w:val="00AB064C"/>
     <w:rsid w:val="00AB12CA"/>
     <w:rsid w:val="00AB4B4C"/>
     <w:rsid w:val="00AD418C"/>
     <w:rsid w:val="00AE2E8F"/>
     <w:rsid w:val="00AE5604"/>
     <w:rsid w:val="00AE5904"/>
     <w:rsid w:val="00AE5E24"/>
     <w:rsid w:val="00AF07CA"/>
     <w:rsid w:val="00B02560"/>
     <w:rsid w:val="00B0540C"/>
     <w:rsid w:val="00B05518"/>
     <w:rsid w:val="00B06787"/>
     <w:rsid w:val="00B07E13"/>
     <w:rsid w:val="00B122BA"/>
     <w:rsid w:val="00B133EA"/>
     <w:rsid w:val="00B1683A"/>
     <w:rsid w:val="00B23D81"/>
     <w:rsid w:val="00B25204"/>
     <w:rsid w:val="00B30E32"/>
@@ -6942,89 +7019,93 @@
     <w:rsid w:val="00D80E46"/>
     <w:rsid w:val="00D81383"/>
     <w:rsid w:val="00D85622"/>
     <w:rsid w:val="00D9367E"/>
     <w:rsid w:val="00D94E67"/>
     <w:rsid w:val="00D97C0C"/>
     <w:rsid w:val="00DA1661"/>
     <w:rsid w:val="00DA56C6"/>
     <w:rsid w:val="00DB5DF0"/>
     <w:rsid w:val="00DB5FD0"/>
     <w:rsid w:val="00DB6435"/>
     <w:rsid w:val="00DC0741"/>
     <w:rsid w:val="00DC2EDA"/>
     <w:rsid w:val="00DD21BB"/>
     <w:rsid w:val="00DD24CC"/>
     <w:rsid w:val="00DD4599"/>
     <w:rsid w:val="00E05939"/>
     <w:rsid w:val="00E17473"/>
     <w:rsid w:val="00E23089"/>
     <w:rsid w:val="00E230DF"/>
     <w:rsid w:val="00E25269"/>
     <w:rsid w:val="00E30F77"/>
     <w:rsid w:val="00E3268B"/>
     <w:rsid w:val="00E413BF"/>
     <w:rsid w:val="00E41857"/>
+    <w:rsid w:val="00E45D38"/>
     <w:rsid w:val="00E46E37"/>
     <w:rsid w:val="00E47DC7"/>
     <w:rsid w:val="00E54D2C"/>
     <w:rsid w:val="00E560D9"/>
     <w:rsid w:val="00E560F4"/>
     <w:rsid w:val="00E635F8"/>
     <w:rsid w:val="00E749D8"/>
     <w:rsid w:val="00E84602"/>
     <w:rsid w:val="00E84F27"/>
     <w:rsid w:val="00E9142C"/>
+    <w:rsid w:val="00EC680A"/>
     <w:rsid w:val="00ED3A32"/>
     <w:rsid w:val="00ED5E28"/>
     <w:rsid w:val="00F04AEC"/>
     <w:rsid w:val="00F142C2"/>
     <w:rsid w:val="00F16564"/>
     <w:rsid w:val="00F20D9F"/>
     <w:rsid w:val="00F21B14"/>
     <w:rsid w:val="00F27742"/>
     <w:rsid w:val="00F2778C"/>
     <w:rsid w:val="00F30DFC"/>
     <w:rsid w:val="00F340F2"/>
     <w:rsid w:val="00F364D5"/>
     <w:rsid w:val="00F410EB"/>
     <w:rsid w:val="00F42930"/>
+    <w:rsid w:val="00F549D1"/>
     <w:rsid w:val="00F5531B"/>
     <w:rsid w:val="00F67F54"/>
     <w:rsid w:val="00F726DC"/>
     <w:rsid w:val="00F72D69"/>
     <w:rsid w:val="00F823CE"/>
     <w:rsid w:val="00F84EA3"/>
     <w:rsid w:val="00F85CE0"/>
     <w:rsid w:val="00F86D60"/>
     <w:rsid w:val="00F91919"/>
     <w:rsid w:val="00F94221"/>
     <w:rsid w:val="00F94354"/>
     <w:rsid w:val="00F94B2E"/>
     <w:rsid w:val="00F95E92"/>
     <w:rsid w:val="00FA10AA"/>
     <w:rsid w:val="00FA21F4"/>
+    <w:rsid w:val="00FA32A9"/>
     <w:rsid w:val="00FA46B7"/>
     <w:rsid w:val="00FB246F"/>
     <w:rsid w:val="00FB46B8"/>
     <w:rsid w:val="00FD2F41"/>
     <w:rsid w:val="00FD4598"/>
     <w:rsid w:val="00FD726E"/>
     <w:rsid w:val="00FD7ED7"/>
     <w:rsid w:val="00FE215C"/>
     <w:rsid w:val="00FE3ED4"/>
     <w:rsid w:val="00FF0D32"/>
     <w:rsid w:val="00FF2D8A"/>
     <w:rsid w:val="00FF40DE"/>
     <w:rsid w:val="00FF7614"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -10248,54 +10329,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1457524153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cims.fti.dp.ua/j" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8FA7E8DC7779409890E72C2C57070B60"/>
         <w:category>
           <w:name w:val="Загальні"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
@@ -10352,94 +10433,94 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{325577A5-27C8-4AA0-BFF1-29CE74083000}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00133BF6" w:rsidRDefault="00DD2B82">
           <w:r w:rsidRPr="005A55CA">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>[Категорія]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -10476,54 +10557,58 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD2B82"/>
     <w:rsid w:val="000F7B61"/>
     <w:rsid w:val="00133BF6"/>
+    <w:rsid w:val="0054211C"/>
+    <w:rsid w:val="006542E8"/>
     <w:rsid w:val="006A0605"/>
+    <w:rsid w:val="00947B77"/>
     <w:rsid w:val="009809E5"/>
     <w:rsid w:val="009F22DA"/>
     <w:rsid w:val="00DD2B82"/>
+    <w:rsid w:val="00E45D38"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -11272,73 +11357,73 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B971630E-5767-4B1C-BC66-BE6462EF916A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>9289</Words>
-  <Characters>5295</Characters>
+  <Words>2269</Words>
+  <Characters>11948</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>233</Lines>
+  <Paragraphs>88</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14555</CharactersWithSpaces>
+  <CharactersWithSpaces>14188</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>YYY</cp:category>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>