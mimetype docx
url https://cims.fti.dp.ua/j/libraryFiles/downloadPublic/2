--- v0 (2025-10-01)
+++ v1 (2026-03-16)
@@ -18,3548 +18,1367 @@
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="70B5BD30" w14:textId="664441C6" w:rsidR="0088218B" w:rsidRPr="004560DC" w:rsidRDefault="00DC0741" w:rsidP="00FD7ED7">
+    <w:p w14:paraId="70B5BD30" w14:textId="664441C6" w:rsidR="0088218B" w:rsidRPr="006672B9" w:rsidRDefault="00DC0741" w:rsidP="00FD7ED7">
       <w:pPr>
         <w:pStyle w:val="CIMS-UDC"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc164160552"/>
       <w:bookmarkStart w:id="2" w:name="_Toc134391271"/>
-      <w:r>
+      <w:r w:rsidRPr="006672B9">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:commentRangeStart w:id="3"/>
-      <w:r w:rsidR="0088218B" w:rsidRPr="00375C1F">
+      <w:r w:rsidR="0088218B" w:rsidRPr="006672B9">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:t>UDC</w:t>
       </w:r>
       <w:commentRangeEnd w:id="3"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="006672B9">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof w:val="0"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="3"/>
       </w:r>
-      <w:r w:rsidR="0088218B" w:rsidRPr="004560DC">
+      <w:r w:rsidR="0088218B" w:rsidRPr="006672B9">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve"> XXX.XX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F58687D" w14:textId="14A5FA52" w:rsidR="00B133EA" w:rsidRPr="001B3767" w:rsidRDefault="00996D34" w:rsidP="001B3767">
+    <w:p w14:paraId="1F58687D" w14:textId="14A5FA52" w:rsidR="00B133EA" w:rsidRPr="006672B9" w:rsidRDefault="00996D34" w:rsidP="001B3767">
       <w:pPr>
         <w:pStyle w:val="CIMS-Header"/>
       </w:pPr>
       <w:commentRangeStart w:id="4"/>
-      <w:r w:rsidRPr="001B3767">
+      <w:r w:rsidRPr="006672B9">
         <w:t>Article title in main text language starting with capital letter six to twelve words long</w:t>
       </w:r>
       <w:commentRangeEnd w:id="4"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="006672B9">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127DB26C" w14:textId="73D32CA3" w:rsidR="00234521" w:rsidRPr="001B3767" w:rsidRDefault="00B133EA" w:rsidP="00DC0741">
+    <w:p w14:paraId="127DB26C" w14:textId="73D32CA3" w:rsidR="00234521" w:rsidRPr="006672B9" w:rsidRDefault="00B133EA" w:rsidP="00DC0741">
       <w:pPr>
         <w:pStyle w:val="CIMS-Contributors"/>
       </w:pPr>
       <w:commentRangeStart w:id="5"/>
-      <w:r w:rsidRPr="001B3767">
-[...5 lines deleted...]
-      <w:r w:rsidR="00234521" w:rsidRPr="001B3767">
+      <w:r w:rsidRPr="006672B9">
+        <w:t>John Smith</w:t>
+      </w:r>
+      <w:r w:rsidR="00234521" w:rsidRPr="006672B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00234521" w:rsidRPr="001B3767">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00234521" w:rsidRPr="006672B9">
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38CC7919" wp14:editId="7BE2FD61">
             <wp:extent cx="129600" cy="127000"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6350"/>
             <wp:docPr id="1287979398" name="Рисунок 2">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1287979398" name="Рисунок 2">
                       <a:hlinkClick r:id="rId11"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="129600" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00234521" w:rsidRPr="001B3767">
+      <w:r w:rsidR="00234521" w:rsidRPr="006672B9">
         <w:t xml:space="preserve">, Mary Smith </w:t>
       </w:r>
-      <w:r w:rsidR="00234521" w:rsidRPr="001B3767">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00234521" w:rsidRPr="006672B9">
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40031A95" wp14:editId="4E1F730A">
             <wp:extent cx="129600" cy="127000"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6350"/>
             <wp:docPr id="463743310" name="Рисунок 2">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="463743310" name="Рисунок 2">
                       <a:hlinkClick r:id="rId11"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="129600" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00234521" w:rsidRPr="001B3767">
+      <w:r w:rsidR="00234521" w:rsidRPr="006672B9">
         <w:t>, John Doe</w:t>
       </w:r>
-      <w:r w:rsidR="005008A3" w:rsidRPr="001B3767">
+      <w:r w:rsidR="005008A3" w:rsidRPr="006672B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00234521" w:rsidRPr="001B3767">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00234521" w:rsidRPr="006672B9">
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E3535AE" wp14:editId="278D29C4">
             <wp:extent cx="129600" cy="127000"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6350"/>
             <wp:docPr id="1512434979" name="Рисунок 2">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1512434979" name="Рисунок 2">
                       <a:hlinkClick r:id="rId11"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="129600" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:commentRangeEnd w:id="5"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="006672B9">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:commentReference w:id="5"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F566DDA" w14:textId="1838CCBA" w:rsidR="00365432" w:rsidRPr="005F25BF" w:rsidRDefault="00365432" w:rsidP="00157833">
+    <w:p w14:paraId="1F566DDA" w14:textId="1838CCBA" w:rsidR="00365432" w:rsidRPr="006672B9" w:rsidRDefault="00365432" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-AbstractEnglish"/>
       </w:pPr>
       <w:commentRangeStart w:id="6"/>
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract.</w:t>
+      </w:r>
+      <w:r w:rsidR="00907C19" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract. Text of abstract.</w:t>
+      </w:r>
+      <w:r w:rsidR="00907C19" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF">
-[...107 lines deleted...]
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Design / Method / Approach</w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Findings</w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
-[...5 lines deleted...]
-      <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. </w:t>
+      </w:r>
+      <w:r w:rsidR="00907C19" w:rsidRPr="006672B9">
+        <w:t>Text of abstract. Text of abstract. Text of abstract. Text of abstract.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF">
-[...71 lines deleted...]
-      <w:r w:rsidR="00BB7791">
+      <w:r w:rsidR="00BB7791" w:rsidRPr="006672B9">
         <w:t xml:space="preserve">Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Theoretical Implications</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. </w:t>
+      </w:r>
+      <w:r w:rsidR="00375C1F" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">Text. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
+        <w:t>Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract.</w:t>
+      </w:r>
+      <w:r w:rsidR="00907C19" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF">
-[...92 lines deleted...]
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Practical Implications</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
-[...92 lines deleted...]
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. </w:t>
+      </w:r>
+      <w:r w:rsidR="00907C19" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">Text of abstract. Text of abstract. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Originality / Value</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
-[...2 lines deleted...]
-      <w:r w:rsidR="005F25BF">
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. T</w:t>
+      </w:r>
+      <w:r w:rsidR="00907C19" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract. Text of abstract. </w:t>
+      </w:r>
+      <w:r w:rsidR="00996D34" w:rsidRPr="006672B9">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
         <w:t>ext of abstract.</w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
+      <w:r w:rsidR="00907C19" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF">
-[...101 lines deleted...]
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Research Limitations / Future Research</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
-[...71 lines deleted...]
-      <w:r w:rsidR="00F340F2">
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. Text of abstract. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F340F2" w:rsidRPr="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Type</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F25BF">
+      <w:r w:rsidRPr="006672B9">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005F25BF">
+      <w:r w:rsidR="005F25BF" w:rsidRPr="006672B9">
         <w:t xml:space="preserve"> Text of abstract.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="6"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="006672B9">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7595C6" w14:textId="77777777" w:rsidR="00907C19" w:rsidRPr="00907C19" w:rsidRDefault="00907C19" w:rsidP="00157833">
+    <w:p w14:paraId="0C7595C6" w14:textId="77777777" w:rsidR="00907C19" w:rsidRPr="006672B9" w:rsidRDefault="00907C19" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-KeywordsHeaderEnglish"/>
       </w:pPr>
-      <w:r w:rsidRPr="00157833">
-[...6 lines deleted...]
-    <w:p w14:paraId="76B5E771" w14:textId="5ED55647" w:rsidR="00365432" w:rsidRDefault="00907C19" w:rsidP="00157833">
+      <w:r w:rsidRPr="006672B9">
+        <w:t>Keywords:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B5E771" w14:textId="5ED55647" w:rsidR="00365432" w:rsidRPr="006672B9" w:rsidRDefault="00907C19" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-KeywordsEnglish"/>
       </w:pPr>
       <w:commentRangeStart w:id="7"/>
-      <w:r>
-[...30 lines deleted...]
-        <w:t>phrase</w:t>
+      <w:r w:rsidRPr="006672B9">
+        <w:t>keyword or key phrase, keyword or key phrase, keyword or key phrase, keyword or key phrase, keyword or key phrase, keyword or key phrase</w:t>
       </w:r>
       <w:commentRangeEnd w:id="7"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="006672B9">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="7"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE97EF2" w14:textId="4043DFC1" w:rsidR="004560DC" w:rsidRPr="00670FBB" w:rsidRDefault="00DC0741" w:rsidP="00157833">
+    <w:p w14:paraId="2AE97EF2" w14:textId="4043DFC1" w:rsidR="004560DC" w:rsidRPr="002C30B8" w:rsidRDefault="00DC0741" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-AbstractUkrainian"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="8"/>
-      <w:r w:rsidRPr="00BB7791">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Мета</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC0741">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00375C1F">
+      <w:r w:rsidR="00375C1F" w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB7791">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Дизайн / Метод / Підхід</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC0741">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00375C1F">
+      <w:r w:rsidR="00375C1F" w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB7791">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Результати</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC0741">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00375C1F">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00BB7791">
+      <w:r w:rsidR="00375C1F" w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Теоретичне значення</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC0741">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00375C1F">
+      <w:r w:rsidR="00375C1F" w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB7791">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Практичне значення</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC0741">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00375C1F" w:rsidRPr="00375C1F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BB7791">
+      <w:r w:rsidR="00375C1F" w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Оригінальність / Цінність</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC0741">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00375C1F" w:rsidRPr="00375C1F">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00BB7791">
+      <w:r w:rsidR="00375C1F" w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації.  Текст анотації. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Обмеження дослідження / Майбутні дослідження</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC0741">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00375C1F" w:rsidRPr="00375C1F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BB7791">
+      <w:r w:rsidR="00375C1F" w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Тип статті</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC0741">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00375C1F">
+      <w:r w:rsidR="00375C1F" w:rsidRPr="002C30B8">
         <w:t>Текст анотації.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="8"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8B1B91" w14:textId="5FB9D740" w:rsidR="00DC0741" w:rsidRPr="00375C1F" w:rsidRDefault="00BB7791" w:rsidP="00157833">
+    <w:p w14:paraId="5C8B1B91" w14:textId="5FB9D740" w:rsidR="00DC0741" w:rsidRPr="002C30B8" w:rsidRDefault="00BB7791" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-KeywordsHeaderUkrainian"/>
       </w:pPr>
-      <w:r w:rsidRPr="00375C1F">
-[...5 lines deleted...]
-      <w:r w:rsidR="00DC0741" w:rsidRPr="00375C1F">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Ключові слова</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0741" w:rsidRPr="002C30B8">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FAD8468" w14:textId="3A29624C" w:rsidR="00DC0741" w:rsidRPr="00670FBB" w:rsidRDefault="00DB5DF0" w:rsidP="00157833">
+    <w:p w14:paraId="5FAD8468" w14:textId="3A29624C" w:rsidR="00DC0741" w:rsidRPr="002C30B8" w:rsidRDefault="00DB5DF0" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-KeywordsUkrainian"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="9"/>
-      <w:r w:rsidRPr="00DB5DF0">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> чи фраза, ключове слово чи фраза, ключове слово чи фраза, ключове слово чи фраза, ключове слово чи фраза</w:t>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>ключове слово чи фраза, ключове слово чи фраза, ключове слово чи фраза, ключове слово чи фраза, ключове слово чи фраза, ключове слово чи фраза</w:t>
       </w:r>
       <w:commentRangeEnd w:id="9"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F1A7E9" w14:textId="77777777" w:rsidR="00907C19" w:rsidRPr="00907C19" w:rsidRDefault="00907C19" w:rsidP="00157833">
+    <w:p w14:paraId="75F1A7E9" w14:textId="77777777" w:rsidR="00907C19" w:rsidRPr="006672B9" w:rsidRDefault="00907C19" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsHeaderEnglish"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A90DE0">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00907C19">
+      <w:r w:rsidRPr="006672B9">
+        <w:t>Contributor Details:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE90991" w14:textId="4F03267E" w:rsidR="00B25204" w:rsidRPr="006672B9" w:rsidRDefault="00B25204" w:rsidP="00157833">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
+      </w:pPr>
+      <w:commentRangeStart w:id="10"/>
+      <w:r w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">John Smith, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C52D6" w:rsidRPr="006672B9">
+        <w:t>Cand.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F340F2" w:rsidRPr="006672B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00157833">
-[...6 lines deleted...]
-    <w:p w14:paraId="5EE90991" w14:textId="4F03267E" w:rsidR="00B25204" w:rsidRDefault="00B25204" w:rsidP="00157833">
+      <w:r w:rsidR="003C52D6" w:rsidRPr="006672B9">
+        <w:t>Sc., Assoc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F340F2" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C52D6" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">Prof., International University of Technology: Dnipro, UA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00177E51" w:rsidRPr="006672B9">
+        <w:t>j.smith@domain.ua</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A94C7C5" w14:textId="0EB6C5A2" w:rsidR="00B25204" w:rsidRPr="006672B9" w:rsidRDefault="00B25204" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
       </w:pPr>
-      <w:commentRangeStart w:id="10"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00F340F2">
+      <w:r w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">Mary Smith, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F340F2" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">Dr. Sc., </w:t>
+      </w:r>
+      <w:r w:rsidR="003C52D6" w:rsidRPr="006672B9">
+        <w:t>Prof., Royal Institute of Advanced Studies: London, UK, m.smith@domain.uk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61DABC63" w14:textId="1C833C33" w:rsidR="00B25204" w:rsidRPr="006672B9" w:rsidRDefault="00B25204" w:rsidP="00157833">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
+        <w:rPr>
+          <w:rStyle w:val="a7"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006672B9">
+        <w:t>John Doe</w:t>
+      </w:r>
+      <w:r w:rsidR="003C52D6" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">, Ph.D., </w:t>
+      </w:r>
+      <w:r w:rsidR="009A07BD" w:rsidRPr="006672B9">
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F340F2" w:rsidRPr="006672B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C52D6" w:rsidRPr="003C52D6">
-[...63 lines deleted...]
-      <w:r w:rsidR="009A07BD" w:rsidRPr="009A07BD">
+      <w:r w:rsidR="009A07BD" w:rsidRPr="006672B9">
         <w:t>Lect.</w:t>
       </w:r>
-      <w:r w:rsidR="003C52D6" w:rsidRPr="003C52D6">
-[...5 lines deleted...]
-      <w:r w:rsidR="003E7AC4" w:rsidRPr="00182DD0">
+      <w:r w:rsidR="003C52D6" w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">, Global Academy of Sciences: Sydney, AU. </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7AC4" w:rsidRPr="006672B9">
         <w:t>john.doe@domain.uk</w:t>
       </w:r>
       <w:commentRangeEnd w:id="10"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="006672B9">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:color w:val="033E25"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="10"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCB2A09" w14:textId="77777777" w:rsidR="00182DD0" w:rsidRDefault="00480A26" w:rsidP="00157833">
+    <w:p w14:paraId="0BCB2A09" w14:textId="77777777" w:rsidR="00182DD0" w:rsidRPr="006672B9" w:rsidRDefault="00480A26" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
         <w:rPr>
           <w:rStyle w:val="a7"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="11"/>
       <w:commentRangeEnd w:id="11"/>
-      <w:r>
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:color w:val="033E25"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="11"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A3B150" w14:textId="77777777" w:rsidR="003E7AC4" w:rsidRDefault="003E7AC4" w:rsidP="00157833">
+    <w:p w14:paraId="78A3B150" w14:textId="77777777" w:rsidR="003E7AC4" w:rsidRPr="002C30B8" w:rsidRDefault="003E7AC4" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2F4B33E0" w14:textId="77777777" w:rsidR="00157833" w:rsidRDefault="00157833" w:rsidP="00E25269">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F4B33E0" w14:textId="77777777" w:rsidR="00157833" w:rsidRPr="002C30B8" w:rsidRDefault="00157833" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
-        <w:sectPr w:rsidR="00157833" w:rsidSect="001348F1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00157833" w:rsidRPr="002C30B8" w:rsidSect="001348F1">
           <w:headerReference w:type="even" r:id="rId13"/>
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CE62D5A" w14:textId="77777777" w:rsidR="00880825" w:rsidRDefault="00177E51" w:rsidP="00E25269">
+    <w:p w14:paraId="7CE62D5A" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00177E51" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
       <w:commentRangeStart w:id="12"/>
-      <w:r w:rsidRPr="00177E51">
+      <w:r w:rsidRPr="002C30B8">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32705EFC" w14:textId="7AB495DD" w:rsidR="00177E51" w:rsidRDefault="00177E51" w:rsidP="00E25269">
+    <w:p w14:paraId="32705EFC" w14:textId="7AB495DD" w:rsidR="00177E51" w:rsidRPr="002C30B8" w:rsidRDefault="00177E51" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section. The text of the introduction section.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="12"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:spacing w:val="0"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="12"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB99C07" w14:textId="77777777" w:rsidR="00177E51" w:rsidRDefault="00177E51" w:rsidP="00576085">
+    <w:p w14:paraId="3FB99C07" w14:textId="77777777" w:rsidR="00177E51" w:rsidRPr="002C30B8" w:rsidRDefault="00177E51" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
       <w:commentRangeStart w:id="13"/>
-      <w:r w:rsidRPr="00177E51">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of a 2nd level header containing the article section</w:t>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>This is an example of a 2nd level header containing the article section</w:t>
       </w:r>
       <w:commentRangeEnd w:id="13"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287299BC" w14:textId="3DE17AA5" w:rsidR="00880825" w:rsidRPr="00177E51" w:rsidRDefault="00177E51" w:rsidP="00E25269">
+    <w:p w14:paraId="287299BC" w14:textId="3DE17AA5" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00177E51" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
       <w:commentRangeStart w:id="14"/>
-      <w:r w:rsidRPr="00177E51">
-[...282 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Text of the section.</w:t>
+      </w:r>
+      <w:r w:rsidR="00880825" w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="14"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:spacing w:val="0"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="14"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125C6FF2" w14:textId="0B634FA0" w:rsidR="00880825" w:rsidRDefault="00880825" w:rsidP="00E25269">
+    <w:p w14:paraId="125C6FF2" w14:textId="0B634FA0" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...120 lines deleted...]
-    <w:p w14:paraId="56D796A8" w14:textId="77777777" w:rsidR="00880825" w:rsidRDefault="00880825" w:rsidP="00576085">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D796A8" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>This is an example of a 2nd level header containing the article section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BB83AC" w14:textId="65969151" w:rsidR="00880825" w:rsidRDefault="00880825" w:rsidP="00E25269">
+    <w:p w14:paraId="27BB83AC" w14:textId="65969151" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...237 lines deleted...]
-    <w:p w14:paraId="2E3D7C9D" w14:textId="4C599D13" w:rsidR="00B8223E" w:rsidRPr="000C013B" w:rsidRDefault="00576085" w:rsidP="00576085">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3D7C9D" w14:textId="4C599D13" w:rsidR="00B8223E" w:rsidRPr="002C30B8" w:rsidRDefault="00576085" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCodeHeader"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="15"/>
-      <w:r w:rsidRPr="00576085">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>Listing 1 – Program Code for Solving Quadratic Equation</w:t>
       </w:r>
       <w:commentRangeEnd w:id="15"/>
-      <w:r w:rsidR="000C013B">
+      <w:r w:rsidR="000C013B" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="15"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C9AD6C" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+    <w:p w14:paraId="22C9AD6C" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:commentRangeStart w:id="16"/>
-      <w:r w:rsidRPr="0057226A">
-[...13 lines deleted...]
-    <w:p w14:paraId="2E0EDF4D" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>program QuadraticEquation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0EDF4D" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...29 lines deleted...]
-    <w:p w14:paraId="0B99695D" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>var a,b,c,discriminant,x1,x2:real;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B99695D" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>begin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176BC6D7" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+    <w:p w14:paraId="176BC6D7" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...24 lines deleted...]
-    <w:p w14:paraId="1CB7E679" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">  write('Enter coefficient a: '); readln(a);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB7E679" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...24 lines deleted...]
-    <w:p w14:paraId="5611648E" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">  write('Enter coefficient b: '); readln(b);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5611648E" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...24 lines deleted...]
-    <w:p w14:paraId="744B890E" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">  write('Enter coefficient c: '); readln(c);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744B890E" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...21 lines deleted...]
-    <w:p w14:paraId="10D5C664" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">  discriminant:=sqr(b)-4*a*c;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D5C664" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">  if discriminant&gt;0 then</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742897CF" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+    <w:p w14:paraId="742897CF" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">  begin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5454C3DA" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+    <w:p w14:paraId="5454C3DA" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...32 lines deleted...]
-    <w:p w14:paraId="52EA7283" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">    x1:=(-b+sqrt(discriminant))/2/a;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52EA7283" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...32 lines deleted...]
-    <w:p w14:paraId="0737F026" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">    x2:=(-b-sqrt(discriminant))/2/a;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0737F026" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...66 lines deleted...]
-    <w:p w14:paraId="08048C25" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">    writeln('Two solutions: x1 = ',x1:0:2,', x2 = ',x2:0:2);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08048C25" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">  end</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31810C9B" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+    <w:p w14:paraId="31810C9B" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">  else if discriminant=0 then</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ECD73BF" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+    <w:p w14:paraId="3ECD73BF" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">  begin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ADE2D44" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+    <w:p w14:paraId="6ADE2D44" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...24 lines deleted...]
-    <w:p w14:paraId="687B8376" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">    x1:=-b/2/a;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687B8376" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...34 lines deleted...]
-    <w:p w14:paraId="656F2626" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">    writeln('One solution: x = ',x1:0:2);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656F2626" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">  end</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7417694D" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+    <w:p w14:paraId="7417694D" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">  else</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412FA596" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+    <w:p w14:paraId="412FA596" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
-[...21 lines deleted...]
-    <w:p w14:paraId="042D5C6C" w14:textId="5BF033A6" w:rsidR="0057226A" w:rsidRDefault="0057226A" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">    writeln('No real solutions.');</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042D5C6C" w14:textId="5BF033A6" w:rsidR="0057226A" w:rsidRPr="002C30B8" w:rsidRDefault="0057226A" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057226A">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>end.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="16"/>
-      <w:r w:rsidR="000C013B">
+      <w:r w:rsidR="000C013B" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
         <w:commentReference w:id="16"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C84AD25" w14:textId="77777777" w:rsidR="00576085" w:rsidRPr="0057226A" w:rsidRDefault="00576085" w:rsidP="00E25269">
+    <w:p w14:paraId="7C84AD25" w14:textId="77777777" w:rsidR="00576085" w:rsidRPr="002C30B8" w:rsidRDefault="00576085" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37781DB8" w14:textId="77777777" w:rsidR="00BB5618" w:rsidRPr="00177E51" w:rsidRDefault="00BB5618" w:rsidP="00E25269">
+    <w:p w14:paraId="37781DB8" w14:textId="77777777" w:rsidR="00BB5618" w:rsidRPr="002C30B8" w:rsidRDefault="00BB5618" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...132 lines deleted...]
-    <w:p w14:paraId="1F28A51A" w14:textId="77777777" w:rsidR="00F340F2" w:rsidRDefault="00BB5618" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F28A51A" w14:textId="77777777" w:rsidR="00F340F2" w:rsidRPr="002C30B8" w:rsidRDefault="00BB5618" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...243 lines deleted...]
-    <w:p w14:paraId="635CE248" w14:textId="5BA6A7B5" w:rsidR="00880825" w:rsidRPr="001417E4" w:rsidRDefault="009A07BD" w:rsidP="00576085">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Text of the section. Text of the section. Text of the section. Text of the section.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F340F2" w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635CE248" w14:textId="5BA6A7B5" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="009A07BD" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-TableTitle"/>
       </w:pPr>
       <w:commentRangeStart w:id="17"/>
-      <w:r w:rsidRPr="009A07BD">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of a Table Title (Source)</w:t>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Table 1 – An Example of a Table Title (Source)</w:t>
       </w:r>
       <w:commentRangeEnd w:id="17"/>
-      <w:r w:rsidR="00480A26">
+      <w:r w:rsidR="00480A26" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="17"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CIMS-Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2288"/>
         <w:gridCol w:w="915"/>
         <w:gridCol w:w="1503"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F21B14" w:rsidRPr="00165BE2" w14:paraId="297330A0" w14:textId="77777777" w:rsidTr="00F21B14">
+      <w:tr w:rsidR="00F21B14" w:rsidRPr="002C30B8" w14:paraId="297330A0" w14:textId="77777777" w:rsidTr="00F21B14">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2431" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D61C0B0" w14:textId="6A156B59" w:rsidR="00AF07CA" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="7D61C0B0" w14:textId="6A156B59" w:rsidR="00AF07CA" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesHeaderCells"/>
             </w:pPr>
             <w:commentRangeStart w:id="18"/>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A2A2CA8" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="2A2A2CA8" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesHeaderCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1598" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EFFE14E" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="2EFFE14E" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesHeaderCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5421" w:rsidRPr="00165BE2" w14:paraId="42174B5E" w14:textId="77777777" w:rsidTr="00F21B14">
+      <w:tr w:rsidR="003E5421" w:rsidRPr="002C30B8" w14:paraId="42174B5E" w14:textId="77777777" w:rsidTr="00F21B14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2431" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="431D21F2" w14:textId="6558B983" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="431D21F2" w14:textId="6558B983" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>John Doe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FAC271E" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="4FAC271E" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1598" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A657A73" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="1A657A73" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5421" w:rsidRPr="00165BE2" w14:paraId="50034E94" w14:textId="77777777" w:rsidTr="00F21B14">
+      <w:tr w:rsidR="003E5421" w:rsidRPr="002C30B8" w14:paraId="50034E94" w14:textId="77777777" w:rsidTr="00F21B14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2431" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12B33AD4" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="12B33AD4" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Jane Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00E49D27" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="00E49D27" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1598" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D6D953E" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="5D6D953E" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5421" w:rsidRPr="00165BE2" w14:paraId="7DEBC408" w14:textId="77777777" w:rsidTr="00F21B14">
+      <w:tr w:rsidR="003E5421" w:rsidRPr="002C30B8" w14:paraId="7DEBC408" w14:textId="77777777" w:rsidTr="00F21B14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2431" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29EA6E04" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="29EA6E04" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Bob Brown</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="218B58A9" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="218B58A9" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1598" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79D510A0" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="79D510A0" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5421" w:rsidRPr="00165BE2" w14:paraId="6588585F" w14:textId="77777777" w:rsidTr="00F21B14">
+      <w:tr w:rsidR="003E5421" w:rsidRPr="002C30B8" w14:paraId="6588585F" w14:textId="77777777" w:rsidTr="00F21B14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2431" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="58CC5520" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="58CC5520" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Mary Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="31EA8DF5" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="31EA8DF5" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1598" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0E54C7F9" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00E25269">
+          <w:p w14:paraId="0E54C7F9" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
-            <w:r w:rsidRPr="00165BE2">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Unknown</w:t>
             </w:r>
             <w:commentRangeEnd w:id="18"/>
-            <w:r w:rsidR="00022D47">
+            <w:r w:rsidR="00022D47" w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:rStyle w:val="ac"/>
-                <w:spacing w:val="0"/>
-                <w:lang w:val="uk-UA"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:commentReference w:id="18"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FAD08B6" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00177E51" w:rsidRDefault="00880825" w:rsidP="00E25269">
+    <w:p w14:paraId="5FAD08B6" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
       <w:commentRangeStart w:id="19"/>
     </w:p>
-    <w:p w14:paraId="5FB732C0" w14:textId="77777777" w:rsidR="00880825" w:rsidRDefault="00880825" w:rsidP="00E25269">
+    <w:p w14:paraId="5FB732C0" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>T</w:t>
       </w:r>
       <w:commentRangeEnd w:id="19"/>
-      <w:r w:rsidR="00022D47">
+      <w:r w:rsidR="00022D47" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:spacing w:val="0"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="19"/>
       </w:r>
-      <w:r w:rsidRPr="00177E51">
-[...174 lines deleted...]
-    <w:p w14:paraId="2488571D" w14:textId="4BCBDC03" w:rsidR="009A07BD" w:rsidRDefault="009A07BD" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>ext of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2488571D" w14:textId="4BCBDC03" w:rsidR="009A07BD" w:rsidRPr="002C30B8" w:rsidRDefault="009A07BD" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="009A07BD">
-[...18 lines deleted...]
-    <w:p w14:paraId="428AA217" w14:textId="77777777" w:rsidR="009A07BD" w:rsidRPr="00907E94" w:rsidRDefault="009A07BD" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>An example of an equation formatting:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428AA217" w14:textId="77777777" w:rsidR="009A07BD" w:rsidRPr="002C30B8" w:rsidRDefault="009A07BD" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-EquationswithNo"/>
       </w:pPr>
       <w:commentRangeStart w:id="20"/>
-      <w:r w:rsidRPr="00110C60">
+      <w:r w:rsidRPr="002C30B8">
         <w:tab/>
       </w:r>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:d>
               <m:dPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:dPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
@@ -3720,3296 +1539,1354 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>n</m:t>
                 </m:r>
                 <m:r>
                   <m:rPr>
                     <m:sty m:val="p"/>
                   </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>-</m:t>
                 </m:r>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>k</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
           </m:e>
         </m:nary>
       </m:oMath>
-      <w:r w:rsidRPr="00110C60">
+      <w:r w:rsidRPr="002C30B8">
         <w:tab/>
         <w:t>(1)</w:t>
       </w:r>
       <w:commentRangeEnd w:id="20"/>
-      <w:r w:rsidR="00022D47">
+      <w:r w:rsidR="00022D47" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:iCs w:val="0"/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="20"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B2375C" w14:textId="77777777" w:rsidR="009A07BD" w:rsidRDefault="009A07BD" w:rsidP="00E25269">
+    <w:p w14:paraId="22B2375C" w14:textId="77777777" w:rsidR="009A07BD" w:rsidRPr="002C30B8" w:rsidRDefault="009A07BD" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...174 lines deleted...]
-    <w:p w14:paraId="10F8E33B" w14:textId="4EA38BA3" w:rsidR="00177E51" w:rsidRDefault="00177E51" w:rsidP="00576085">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F8E33B" w14:textId="4EA38BA3" w:rsidR="00177E51" w:rsidRPr="002C30B8" w:rsidRDefault="00177E51" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel3"/>
       </w:pPr>
       <w:commentRangeStart w:id="21"/>
-      <w:r w:rsidRPr="00177E51">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>This is an example of a 3rd level header containing the article subsection</w:t>
       </w:r>
       <w:commentRangeEnd w:id="21"/>
-      <w:r w:rsidR="00022D47">
+      <w:r w:rsidR="00022D47" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="21"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791BCC9C" w14:textId="7EE89C87" w:rsidR="00880825" w:rsidRDefault="00880825" w:rsidP="00E25269">
+    <w:p w14:paraId="791BCC9C" w14:textId="7EE89C87" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...135 lines deleted...]
-    <w:p w14:paraId="30043DA8" w14:textId="77777777" w:rsidR="00801A76" w:rsidRPr="001417E4" w:rsidRDefault="00801A76" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30043DA8" w14:textId="77777777" w:rsidR="00801A76" w:rsidRPr="002C30B8" w:rsidRDefault="00801A76" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="001417E4">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>Example of figure formatting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBE2A8D" w14:textId="77777777" w:rsidR="00801A76" w:rsidRPr="001417E4" w:rsidRDefault="00801A76" w:rsidP="00801A76">
+    <w:p w14:paraId="2DBE2A8D" w14:textId="77777777" w:rsidR="00801A76" w:rsidRPr="002C30B8" w:rsidRDefault="00801A76" w:rsidP="00801A76">
       <w:pPr>
         <w:pStyle w:val="CIMS-Figure"/>
       </w:pPr>
       <w:commentRangeStart w:id="22"/>
-      <w:r w:rsidRPr="001417E4">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="265967BA" wp14:editId="4EED24B5">
             <wp:extent cx="1076325" cy="649575"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1383936944" name="Рисунок 1" descr="Calculator, pen, compass, money and a paper with graphs printed on it"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="508846136" name="Рисунок 508846136" descr="Calculator, pen, compass, money and a paper with graphs printed on it"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1087352" cy="656230"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:commentRangeEnd w:id="22"/>
-      <w:r w:rsidR="009028B5">
+      <w:r w:rsidR="009028B5" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="22"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737338DD" w14:textId="0616EB36" w:rsidR="00801A76" w:rsidRPr="001417E4" w:rsidRDefault="00801A76" w:rsidP="00576085">
+    <w:p w14:paraId="737338DD" w14:textId="0616EB36" w:rsidR="00801A76" w:rsidRPr="002C30B8" w:rsidRDefault="00801A76" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-FigureTitle"/>
       </w:pPr>
       <w:commentRangeStart w:id="23"/>
-      <w:r w:rsidRPr="001417E4">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Title (Source)</w:t>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Figure 1 – An Example of a Figure Title (Source)</w:t>
       </w:r>
       <w:commentRangeEnd w:id="23"/>
-      <w:r w:rsidR="009028B5">
+      <w:r w:rsidR="009028B5" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="23"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730B9AA1" w14:textId="72D93563" w:rsidR="002A6A1A" w:rsidRPr="002A6A1A" w:rsidRDefault="00880825" w:rsidP="00E25269">
+    <w:p w14:paraId="730B9AA1" w14:textId="72D93563" w:rsidR="002A6A1A" w:rsidRPr="002C30B8" w:rsidRDefault="00880825" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...192 lines deleted...]
-    <w:p w14:paraId="5604C25B" w14:textId="30F846FB" w:rsidR="009248DE" w:rsidRDefault="009248DE" w:rsidP="00E25269">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5604C25B" w14:textId="30F846FB" w:rsidR="009248DE" w:rsidRPr="002C30B8" w:rsidRDefault="009248DE" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...384 lines deleted...]
-    <w:p w14:paraId="4DBBACF6" w14:textId="77777777" w:rsidR="000E1365" w:rsidRDefault="000E1365" w:rsidP="00576085">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection. Text of the subsection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBBACF6" w14:textId="77777777" w:rsidR="000E1365" w:rsidRPr="002C30B8" w:rsidRDefault="000E1365" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>This is an example of a 2nd level header containing the article section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F815E9" w14:textId="39EFDA88" w:rsidR="00D363D7" w:rsidRPr="001417E4" w:rsidRDefault="000E1365" w:rsidP="00E25269">
+    <w:p w14:paraId="20F815E9" w14:textId="39EFDA88" w:rsidR="00D363D7" w:rsidRPr="002C30B8" w:rsidRDefault="000E1365" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...122 lines deleted...]
-      <w:r w:rsidR="00D363D7" w:rsidRPr="001417E4">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D363D7" w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Example of </w:t>
       </w:r>
-      <w:r w:rsidR="00233A35">
+      <w:r w:rsidR="00233A35" w:rsidRPr="002C30B8">
         <w:t>the numbered</w:t>
       </w:r>
-      <w:r w:rsidR="00D363D7">
+      <w:r w:rsidR="00D363D7" w:rsidRPr="002C30B8">
         <w:t xml:space="preserve"> list:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F94BAE" w14:textId="686D59DE" w:rsidR="00D363D7" w:rsidRPr="00A0039E" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
+    <w:p w14:paraId="74F94BAE" w14:textId="686D59DE" w:rsidR="00D363D7" w:rsidRPr="002C30B8" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListNumberedList"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="24"/>
-      <w:r w:rsidRPr="00A0039E">
-[...9 lines deleted...]
-    <w:p w14:paraId="1AD941DB" w14:textId="77777777" w:rsidR="00D363D7" w:rsidRPr="00A0039E" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Item 1,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD941DB" w14:textId="77777777" w:rsidR="00D363D7" w:rsidRPr="002C30B8" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListNumberedList"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A0039E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Item 2,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620F032A" w14:textId="1BC03AEA" w:rsidR="00D363D7" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
+    <w:p w14:paraId="620F032A" w14:textId="1BC03AEA" w:rsidR="00D363D7" w:rsidRPr="002C30B8" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListNumberedList"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A0039E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Item 3.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="24"/>
-      <w:r w:rsidR="000C013B">
+      <w:r w:rsidR="000C013B" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="24"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33E72EC9" w14:textId="6B32BFD6" w:rsidR="000E1365" w:rsidRDefault="000E1365" w:rsidP="00E25269">
+    <w:p w14:paraId="33E72EC9" w14:textId="6B32BFD6" w:rsidR="000E1365" w:rsidRPr="002C30B8" w:rsidRDefault="000E1365" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00177E51">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:lastRenderedPageBreak/>
-        <w:t>section</w:t>
-[...109 lines deleted...]
-    <w:p w14:paraId="5A70F265" w14:textId="77777777" w:rsidR="00D363D7" w:rsidRPr="00A0039E" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
+        <w:t>section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D363D7" w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> Example of bulleted list:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A70F265" w14:textId="77777777" w:rsidR="00D363D7" w:rsidRPr="002C30B8" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="25"/>
-      <w:r w:rsidRPr="00A0039E">
-[...12 lines deleted...]
-    <w:p w14:paraId="3A0FF49E" w14:textId="77777777" w:rsidR="00D363D7" w:rsidRPr="00A0039E" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Item 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0FF49E" w14:textId="77777777" w:rsidR="00D363D7" w:rsidRPr="002C30B8" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="7E749B26" w14:textId="112828C5" w:rsidR="00D363D7" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Item 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E749B26" w14:textId="112828C5" w:rsidR="00D363D7" w:rsidRPr="002C30B8" w:rsidRDefault="00D363D7" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A0039E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Item 3.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="25"/>
-      <w:r w:rsidR="000C013B">
+      <w:r w:rsidR="000C013B" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="25"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC2CF63" w14:textId="34126918" w:rsidR="000E1365" w:rsidRDefault="000E1365" w:rsidP="00E25269">
+    <w:p w14:paraId="0FC2CF63" w14:textId="34126918" w:rsidR="000E1365" w:rsidRPr="002C30B8" w:rsidRDefault="000E1365" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00177E51">
-[...135 lines deleted...]
-    <w:p w14:paraId="65EFBB8D" w14:textId="46FAB18E" w:rsidR="00880825" w:rsidRDefault="009248DE" w:rsidP="00576085">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. Text of the section. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EFBB8D" w14:textId="46FAB18E" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="009248DE" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
       <w:commentRangeStart w:id="26"/>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:t>References</w:t>
       </w:r>
       <w:commentRangeEnd w:id="26"/>
-      <w:r w:rsidR="000C013B">
+      <w:r w:rsidR="000C013B" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="26"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FCC58A4" w14:textId="1DAD96DB" w:rsidR="00880825" w:rsidRDefault="004879CF" w:rsidP="009B152B">
+    <w:p w14:paraId="0FCC58A4" w14:textId="1DAD96DB" w:rsidR="00880825" w:rsidRPr="002C30B8" w:rsidRDefault="004879CF" w:rsidP="009B152B">
       <w:pPr>
         <w:pStyle w:val="CIMS-References"/>
       </w:pPr>
       <w:commentRangeStart w:id="27"/>
-      <w:r w:rsidRPr="004879CF">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="004879CF">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">American Psychological Association. (2020). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Publication Manual of the American Psychological Association, Seventh Edition</w:t>
       </w:r>
-      <w:r w:rsidRPr="004879CF">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">. Author. </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:tgtFrame="_new" w:history="1">
-        <w:r w:rsidRPr="004879CF">
+        <w:r w:rsidRPr="002C30B8">
           <w:rPr>
             <w:rStyle w:val="a7"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/products/publication-manual-7th-edition</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2EED8BEA" w14:textId="77777777" w:rsidR="004879CF" w:rsidRDefault="004879CF" w:rsidP="009B152B">
+    <w:p w14:paraId="2EED8BEA" w14:textId="77777777" w:rsidR="004879CF" w:rsidRPr="002C30B8" w:rsidRDefault="004879CF" w:rsidP="009B152B">
       <w:pPr>
         <w:pStyle w:val="CIMS-References"/>
       </w:pPr>
-      <w:r w:rsidRPr="004879CF">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">American Psychological Association. (2020). </w:t>
       </w:r>
-      <w:r w:rsidRPr="004879CF">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Publication Manual of the American Psychological Association, Seventh Edition</w:t>
       </w:r>
-      <w:r w:rsidRPr="004879CF">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">. Author. </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
-        <w:r w:rsidRPr="004879CF">
+        <w:r w:rsidRPr="002C30B8">
           <w:rPr>
             <w:rStyle w:val="a7"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/products/publication-manual-7th-edition</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A1D4ECC" w14:textId="77777777" w:rsidR="004879CF" w:rsidRPr="00670FBB" w:rsidRDefault="004879CF" w:rsidP="009B152B">
+    <w:p w14:paraId="6A1D4ECC" w14:textId="77777777" w:rsidR="004879CF" w:rsidRPr="002C30B8" w:rsidRDefault="004879CF" w:rsidP="009B152B">
       <w:pPr>
         <w:pStyle w:val="CIMS-References"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004879CF">
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">American Psychological Association. (2020). </w:t>
       </w:r>
-      <w:r w:rsidRPr="004879CF">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Publication Manual of the American Psychological Association, Seventh Edition</w:t>
       </w:r>
-      <w:r w:rsidRPr="004879CF">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">. Author. </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
-        <w:r w:rsidRPr="004879CF">
+        <w:r w:rsidRPr="002C30B8">
           <w:rPr>
             <w:rStyle w:val="a7"/>
           </w:rPr>
-          <w:t>https</w:t>
-[...109 lines deleted...]
-          <w:t>edition</w:t>
+          <w:t>https://apastyle.apa.org/products/publication-manual-7th-edition</w:t>
         </w:r>
       </w:hyperlink>
       <w:commentRangeEnd w:id="27"/>
-      <w:r w:rsidR="000C013B">
+      <w:r w:rsidR="000C013B" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="27"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="1AD83A83" w14:textId="77777777" w:rsidR="00E25269" w:rsidRPr="00670FBB" w:rsidRDefault="00E25269" w:rsidP="00E25269">
+    <w:p w14:paraId="1AD83A83" w14:textId="77777777" w:rsidR="00E25269" w:rsidRPr="002C30B8" w:rsidRDefault="00E25269" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="41E6879C" w14:textId="3117EA4D" w:rsidR="00E25269" w:rsidRPr="00E25269" w:rsidRDefault="00E25269" w:rsidP="00E25269">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41E6879C" w14:textId="3117EA4D" w:rsidR="00E25269" w:rsidRPr="002C30B8" w:rsidRDefault="00E25269" w:rsidP="00E25269">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E25269">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Мінімальний обсяг рукопису – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E25269">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>5 повних сторінок</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E25269">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>, включаючи сторінку анотації. Остання сторінка, де закінчується стаття, повинна бути заповнена не менше ніж на три чверті її вмісту, тобто друга колонка має бути заповнена не менше половини.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F02811C" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00670FBB" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="3F02811C" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Header"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00670FBB">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Корисні поради щодо форматування</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B38B04" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="10B38B04" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Одразу відповім на питання, чому всю роботу з верстання макету статті ми перекладаємо на авторів, а не робимо так, як пропонують інші журнали – ви надсилаєте текст, ми його верстаємо, а тоді ще й з вами узгоджуємо.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E8C110" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="52E8C110" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Процес верстання – це трудомістка процедура, яка вимагає наявності в редакційному штаті журналу фахівців відповідної кваліфікації, робота яких має бути оплачена. Публікація в нашому журналі безкоштовна для авторів. Тому ми забезпечуємо тільки необхідне технічне редагування надісланих макетів рукописів, які мають бути ретельно підготовлені авторами власноруч.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46436DE3" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="46436DE3" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Як використовувати шаблон?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23DB6699" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="23DB6699" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
-[...20 lines deleted...]
-    <w:p w14:paraId="32FBB9D9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Для підготовки та форматування рукопису користуйтеся Microsoft Word, який підтримує формат *.docx. Зробіть копію файлу шаблону та видаліть увесь його вміст або замінюйте абзаци поступово. Вставте у файл шаблону заздалегідь підготовлений текст вашого рукопису.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FBB9D9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Перед вставленням, клацнувши правою кнопкою миші, оберіть рекомендовані параметри вставлення через контекстне меню «</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Параметри вставлення</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>», а саме:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E15917F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="7E15917F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>бажано</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve"> вибрати «Зберегти лише текст»,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7BA2E9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="1C7BA2E9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>або «Об’єднати форматування», щоб зберегти вбудовані об’єкти.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E257C2A" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="4E257C2A" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>надзвичайно небажаним</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">є вставлення тексту за допомогою </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ctrl</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t> + </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>, через те, що такий спосіб призводить до додавання в шаблон стилів з вашого документа та спотворює налаштування оригінального шаблону.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F1947F4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="0F1947F4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Одразу після вставлення тексту вашої статті натисніть послідовно такі комбінації клавіш: виділіть фрагмент тексту або натисніть </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Ctrl</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+        <w:t xml:space="preserve">Ctrl + A, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щоб виділити весь текст, потім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> + A, </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+        <w:t xml:space="preserve">Ctrl + пробіл </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та, нарешті, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Ctrl</w:t>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+        <w:t>Ctrl + Shift + F9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>. Ці комбінації клавіш Microsoft Word видаляють будь-яке ручне форматування та всі зовнішні та внутрішні гіперпосилання зі вставленого тексту.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57EA164F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="57EA164F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Тепер ваш текст готовий до форматування, яке виконується за допомогою таблиці стилів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18E74009" w14:textId="77777777" w:rsidR="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="18E74009" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A53C53E" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRPr="00233A35" w:rsidRDefault="00670FBB" w:rsidP="00233A35">
+    <w:p w14:paraId="2A53C53E" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRPr="002C30B8" w:rsidRDefault="00670FBB" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A66B728" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="4A66B728" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Що заборонено під час форматування?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618D46EE" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="618D46EE" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Не намагайтеся визначати параметри стилів та копіювати або імітувати їх у ручний спосіб! Редактор, який здійснює контроль подання ще до етапу рецензування, гарантовано поверне вам такий рукопис на доопрацювання.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E70AA8" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="03E70AA8" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
-[...20 lines deleted...]
-    <w:p w14:paraId="51907B9D" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Уявіть, що ви працюєте з документом не в редакторі Microsoft Word, а у вбудованому редакторі Windows Notepad, де відсутні всі опції форматування, а доступна тільки таблиця стилів, і ви можете застосувати будь-яке форматування тільки з її допомогою, тобто:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51907B9D" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>ви не можете змінювати розмір паперу,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE312CC" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="2EE312CC" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>ви не можете вручну змінювати шрифт, розмір шрифту, абзац, параметри, відступи, міжрядкові інтервали та будь-що інше, пов’язане з форматуванням тексту,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5854F101" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="5854F101" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>порожні рядки у тексті не допускаються, за винятком одного порожнього рядка після таблиць,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DAE857C" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="4DAE857C" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>під час підготовки рукопису категорично заборонено відключати функції перевірки орфографії та граматики, а також функцію автоматичного розставлення переносів слів,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B43C2E2" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="3B43C2E2" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>винятком є відсутність переносів слів у розділі «Посилання», вони заборонені в налаштуваннях, не наводьте в цьому розділі красоту та не розставляйте переноси слів у бібліографічних посиланнях ні в якому разі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319833F7" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="319833F7" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Чому ми наполягаємо на форматуванні рукопису за допомогою стилів?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370E58BB" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="370E58BB" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Стилі Microsoft Word, які вбудовані в шаблон публікації, всебічно враховують багато параметрів форматування для кожного елемента рукопису, які неможливо повністю описати у вигляді інструкції, а потім за нею відтворити вручну. Застосування стилів шаблону забезпечує:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6EDB25" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="3C6EDB25" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>ідентичність візуального форматування для всіх поданих рукописів,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D9F2C9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="03D9F2C9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>врахування особливостей форматування та специфічних налаштувань окремих розділів та структурних елементів,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B43C26A" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="5B43C26A" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>значне скорочення часу та автоматизацію підготовки рукопису порівняно з ручним форматуванням,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51863B97" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+    <w:p w14:paraId="51863B97" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>суттєве скорочення витрат часу на технічне редагування рукописів та їх складання в єдиний том журналу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25A8FCF4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="25A8FCF4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Ніколи </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>не використовуйте шаблон публікації, надісланий вам колегою</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">! Не використовуйте </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+        <w:t xml:space="preserve">! Не використовуйте форматовані публікації ваших колег як приклади для форматування! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFCE219" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Практичний досвід показує, що форматування вашого рукопису за допомогою ненавмисно спотвореного шаблону, переданого вам попередніми авторами, призводить до повторюваних помилок знову і знову. Це спричиняє значне навантаження на редакторів і непотрібні переробки для авторів. Тому завжди завантажуйте оригінальний файл шаблону з нашого веб-сайту для форматування рукопису.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="267AC189" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-HeaderLevel2"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Як застосовувати стилі?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5F6030" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>форматовані</w:t>
-[...51 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Кожному абзацу чи структурному елементу вашого рукопису </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>без винятків</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> необхідно </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>призначити вбудований стиль із таблиці стилів у шаблоні публікації. Щоб відкрити таблицю стилів, натисніть (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Alt</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t> + </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Ctrl</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t> + </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Shift</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>) + </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. Перегляньте навчальне відео про те, як швидко форматувати текст за допомогою стилів: </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="00233A35">
+        <w:r w:rsidRPr="002C30B8">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t xml:space="preserve">https://youtu.be/baMl-M9eDpk </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF9ECDA" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="3BF9ECDA" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
-[...20 lines deleted...]
-    <w:p w14:paraId="7E0031BF" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Дозволені стилі для форматування вашого рукопису наведені в таблиці (табл. 1, а також див. рис. 1). Відформатуйте структурні елементи тексту та всі об’єкти відповідно до цих стилів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0031BF" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-TableTitle"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Таблиця 1 – Вбудовані стилі шаблону</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CIMS-Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1746"/>
         <w:gridCol w:w="2960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="649E5F27" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="649E5F27" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="68816252" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="68816252" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesHeaderCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Стиль (за алфавітом)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="46A5E065" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="46A5E065" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesHeaderCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Попередній перегляд, зразок або опис</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="1D16415B" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="1D16415B" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB53A8E" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="2AB53A8E" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...34 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - Abstract (English)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="059415D5" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="059415D5" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-AbstractEnglish"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Text</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> (Текст анотації)</w:t>
+              <w:t>Text of Abstract (Текст анотації)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="70F6D701" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="70F6D701" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="79D603A4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="79D603A4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...48 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - Contributor Details (English)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2256A4A3" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="2256A4A3" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Name</w:t>
-[...132 lines deleted...]
-              <w:t>, name@domain.com</w:t>
+              <w:t>Name Surname, Cand.Sc., Assoc.Prof., International University of Technology: Dnipro, UA, name@domain.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="689387EC" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="689387EC" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="48A340BE" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="48A340BE" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t xml:space="preserve">CIMS - Contributor Details </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Header</w:t>
-[...20 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Header (English)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="39F78AC5" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="39F78AC5" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-ContributorDetailsHeaderEnglish"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Contributor</w:t>
-[...20 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Contributor Details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="45CF4446" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="45CF4446" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED25933" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="7ED25933" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - Contributors</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="66B4EC04" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="66B4EC04" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-Contributors"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Джон Сміт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="2A7478D7" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="2A7478D7" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B7AFDB5" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="3B7AFDB5" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...48 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>CIMS - Equations with No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7863DF25" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="7863DF25" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-EquationswithNo"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1814"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <m:oMath>
               <m:sSup>
                 <m:sSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSupPr>
                 <m:e>
                   <m:d>
                     <m:dPr>
                       <m:ctrlPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                           <w:lang w:val="uk-UA"/>
                         </w:rPr>
                       </m:ctrlPr>
                     </m:dPr>
@@ -7196,1785 +3073,745 @@
                         </w:rPr>
                         <m:t>n</m:t>
                       </m:r>
                       <m:r>
                         <m:rPr>
                           <m:sty m:val="p"/>
                         </m:rPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                           <w:lang w:val="uk-UA"/>
                         </w:rPr>
                         <m:t>-</m:t>
                       </m:r>
                       <m:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                           <w:lang w:val="uk-UA"/>
                         </w:rPr>
                         <m:t>k</m:t>
                       </m:r>
                     </m:sup>
                   </m:sSup>
                 </m:e>
               </m:nary>
             </m:oMath>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="4824C1D1" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="4824C1D1" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="514CA73F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="514CA73F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - Figure</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="04B8FF3F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="04B8FF3F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-Figure"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
-                <w:noProof/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="556B33A5" wp14:editId="0CA920EE">
                   <wp:extent cx="1076325" cy="649575"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="508846136" name="Рисунок 1" descr="Calculator, pen, compass, money and a paper with graphs printed on it"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="508846136" name="Рисунок 508846136" descr="Calculator, pen, compass, money and a paper with graphs printed on it"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1087352" cy="656230"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="343D996A" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="343D996A" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="452C5607" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="452C5607" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - Figure title</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="50ED21FC" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="50ED21FC" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-FigureTitle"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Рисунок 1 – Назва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="34B784E6" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="34B784E6" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3A333B52" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="3A333B52" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - Header</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5A777B06" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="5A777B06" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-Header"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Назва статті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="2CA8C9FB" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="2CA8C9FB" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7F723EB9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="7F723EB9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> 2)</w:t>
+              <w:t>CIMS - Header (Level 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDD30DF" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="5CDD30DF" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-HeaderLevel2"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Назва розділу статті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="6C816D09" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="6C816D09" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="62597C65" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="62597C65" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> 3)</w:t>
+              <w:t>CIMS - Header (Level 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1E062335" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="1E062335" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-HeaderLevel3"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Назва підрозділу статті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="5D5E5CF6" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="5D5E5CF6" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3C40E8BB" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="3C40E8BB" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...34 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - Keywords (English)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="212D2E85" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="212D2E85" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-KeywordsEnglish"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Ключове слово, Ключова фраза, Ключове слово, Ключова фраза, Ключове слово, Ключова фраза</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="217E288F" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="217E288F" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="08212F80" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="08212F80" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...48 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - Keywords Header (English)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7C27E4B7" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="7C27E4B7" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-KeywordsHeaderEnglish"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Keywords</w:t>
-[...6 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Keywords:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="72B10AA9" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="72B10AA9" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE6B4F6" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="7FE6B4F6" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...48 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - List (Bulleted List)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="50B9385A" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+          <w:p w14:paraId="50B9385A" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListBulletedList"/>
             </w:pPr>
-            <w:r w:rsidRPr="00670FBB">
-[...3 lines deleted...]
-              <w:t>,</w:t>
+            <w:r w:rsidRPr="002C30B8">
+              <w:t>Пункт,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CB3BF9E" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+          <w:p w14:paraId="6CB3BF9E" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListBulletedList"/>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Пункт,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46CAF1F4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+          <w:p w14:paraId="46CAF1F4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListBulletedList"/>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Пункт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="5E64EE54" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="5E64EE54" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF2DA40" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="0CF2DA40" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...48 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - List (Numbered List)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAB8F9B" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+          <w:p w14:paraId="5BAB8F9B" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListNumberedList"/>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Пункт 4.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FB11CA7" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+          <w:p w14:paraId="5FB11CA7" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListNumberedList"/>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Пункт 5.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28A5095D" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+          <w:p w14:paraId="28A5095D" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListNumberedList"/>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:t>Пункт 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="21F87D56" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="21F87D56" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6117F989" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="6117F989" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - References</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCCE19F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="6FCCE19F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-References"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Ensink</w:t>
+              <w:t>Ensink, K., Borelli, J. L., Normandin, L., Target, M., &amp; Fonagy, P. (2020). Childhood sexual abuse and attachment insecurity: Associations with child psychological difficulties. </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...248 lines deleted...]
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>American</w:t>
+              <w:t>American Journal of Orthopsychiatry</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...40 lines deleted...]
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>(1), 115. http://dx.doi.org/10.1037/ort0000407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="4F0A5D31" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="4F0A5D31" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="54ED075C" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="54ED075C" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - Table Title</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="24403A54" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="24403A54" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TableTitle"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Таблиця 1 – Назва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="685E7ACE" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="685E7ACE" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA5EEE0" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="5BA5EEE0" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - Tables Cells</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="07C9EB8F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="07C9EB8F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Вміст комірки таблиці</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="32D66686" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="32D66686" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9A10F9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="0B9A10F9" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - Tables Header Cells</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3089D5A8" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="3089D5A8" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesHeaderCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Вміст комірок заголовка таблиці</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233A35" w:rsidRPr="00233A35" w14:paraId="2AF2D74F" w14:textId="77777777" w:rsidTr="00C37C60">
+      <w:tr w:rsidR="00233A35" w:rsidRPr="002C30B8" w14:paraId="2AF2D74F" w14:textId="77777777" w:rsidTr="00C37C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6627EA02" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="6627EA02" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - Text</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="24494BEF" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
+          <w:p w14:paraId="24494BEF" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00C37C60">
             <w:pPr>
               <w:pStyle w:val="CIMS-Text"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00233A35">
+            <w:r w:rsidRPr="002C30B8">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Текст </w:t>
-[...265 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Текст текст текст текст текст текст текст текст текст текст текст текст текст текст текст текст текст текст текст текст.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="413AB01D" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="413AB01D" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-TablesCells"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03832E24" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="03832E24" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
-[...20 lines deleted...]
-    <w:p w14:paraId="5A8DDA3E" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Встановіть курсор в абзац, який ви хочете відформатувати, та виберіть потрібний стиль із цієї таблиці. Абзац буде автоматично відформатовано.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8DDA3E" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Figure"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F60F1B9" wp14:editId="552626F0">
             <wp:extent cx="2381460" cy="851043"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="1773188519" name="Рисунок 1" descr="Зображення, що містить текст, знімок екрана, Шрифт, число&#10;&#10;Автоматично згенерований опис"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1773188519" name="Рисунок 1" descr="Зображення, що містить текст, знімок екрана, Шрифт, число&#10;&#10;Автоматично згенерований опис"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -8983,334 +3820,384 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2398723" cy="857212"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EFA5B16" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00670FBB" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="0EFA5B16" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-FigureTitle"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
-[...48 lines deleted...]
-    <w:p w14:paraId="08222407" w14:textId="77777777" w:rsidR="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Рисунок 1 – Як відкрити таблицю стилів замість (Alt + Ctrl + Shift) + S</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08222407" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-FigureTitle"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="111AE744" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRPr="00670FBB" w:rsidRDefault="00670FBB" w:rsidP="00233A35">
+    <w:p w14:paraId="111AE744" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRPr="002C30B8" w:rsidRDefault="00670FBB" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-FigureTitle"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3585174F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="3585174F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Про розділи статті</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDC1401" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="25A0F8E2" w14:textId="2770071A" w:rsidR="002C30B8" w:rsidRPr="002C30B8" w:rsidRDefault="002C30B8" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Редакція рекомендує авторам дотримуватися загальноприйнятої міжнародної структури </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>IMRaD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Introduction, Methods, Results, and Discussion). Ця модель є золотим стандартом наукової комунікації, що забезпечує логічну послідовність викладу: від обґрунтування актуальності (Вступ) та опису інструментарію (Методи) до представлення отриманих даних (Результати) та їх критичного аналізу (Обговорення). Запропонована нижче система розділів статті повністю узгоджується з принципами IMRaD, дозволяючи адаптувати їх до специфіки конкретного дослідження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDC1401" w14:textId="3EE9AD0F" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Текст вашого рукопису необхідно розділити на окремі розділи із заголовками. Розділи не нумеруються. «Посилання» є обов'язковим розділом та має називатись саме так. Незалежно від обраного вами методу структурування публікації рекомендується подавати інформацію в такій логічній структурі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF85032" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ListBulletedList"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">«Вступ» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> не потрібен</w:t>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+        <w:t>є обов’язковим розділом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> (заголовок для цього розділу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>є обов’язковим розділом</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="4CDD510F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+        <w:t xml:space="preserve"> не потрібен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67293BDE" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>«Теоретичне підґрунтя»,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33EAAC36" w14:textId="58497464" w:rsidR="00233A35" w:rsidRPr="005363FF" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ListBulletedList"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">«Цілі та завдання» (або «Мета» , або «Мета та завдання» , або «Наукове питання» , або «Гіпотеза дослідження», або «Формулювання проблеми») </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>є обов’язковим розділом</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidR="002C30B8" w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>є обов’язковим розділом або розділами</w:t>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>чи підрозділом</w:t>
+      </w:r>
+      <w:r w:rsidR="005363FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005363FF" w:rsidRPr="005363FF">
+        <w:t>або завершенням вступного розділу</w:t>
+      </w:r>
+      <w:r w:rsidR="005363FF">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDD510F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ListBulletedList"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">«Матеріали та методи» (або «Методологія» , або «Метод» , або «Дані та методи») </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>є обов’язковим розділом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617B8430" w14:textId="77BAF70A" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00970903" w:rsidP="00670FBB">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ListBulletedList"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>«Результати та обговорення»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00233A35" w:rsidRPr="002C30B8">
+        <w:t>(або як окремі розділи «Результати»</w:t>
+      </w:r>
+      <w:r w:rsidR="002C30B8" w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C30B8" w:rsidRPr="002C30B8">
+        <w:t>та «Обговорення»</w:t>
+      </w:r>
+      <w:r w:rsidR="002C30B8">
+        <w:t xml:space="preserve"> залежно від галузевих традицій</w:t>
+      </w:r>
+      <w:r w:rsidR="00233A35" w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00233A35" w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>є обов’язковим розділом або розділами</w:t>
+      </w:r>
+      <w:r w:rsidR="00233A35" w:rsidRPr="002C30B8">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8B1A2D" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ListBulletedList"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">«Висновки» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>є обов’язковим розділом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25780A0A" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ListBulletedList"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>«Майбутні дослідження» (або «Майбутні напрямки», або «Рекомендації»),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0925E55F" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ListBulletedList"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>«Подяки» (цей розділ для вдячності особам, організаціям або установам, які зробили внесок у дослідження чи надали фінансову підтримку),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDD28C9" w14:textId="03E667B7" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00670FBB">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-ListBulletedList"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="002C30B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>», це</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> обов’язковий розділ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:t>, де перераховані всі цитовані джерела.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78724E21" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="78724E21" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>У будь-якому випадку ви можете адаптувати назви цих розділів і підрозділів статті відповідно до контексту та типу вашої статті.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542C4125" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="542C4125" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel3"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Приклад форматування рівняння</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CC1DB4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="40CC1DB4" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-EquationswithNo"/>
         <w:rPr>
           <w:iCs w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:iCs w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Наступний абзац відповідного стилю містить чотири елементи: [Символ табуляції] об’єкт рівняння [Символ табуляції] (номер рівняння). Це все:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="719C667E" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="719C667E" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-EquationswithNo"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:d>
               <m:dPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:lang w:val="uk-UA"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:dPr>
@@ -9497,8841 +4384,1715 @@
                   </w:rPr>
                   <m:t>n</m:t>
                 </m:r>
                 <m:r>
                   <m:rPr>
                     <m:sty m:val="p"/>
                   </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:lang w:val="uk-UA"/>
                   </w:rPr>
                   <m:t>-</m:t>
                 </m:r>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:lang w:val="uk-UA"/>
                   </w:rPr>
                   <m:t>k</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
           </m:e>
         </m:nary>
       </m:oMath>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1814E364" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="1814E364" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Про стандарт бібліографічних посилань</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7464314A" w14:textId="6CE7C9CB" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="7464314A" w14:textId="6CE7C9CB" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Відформатуйте бібліографічні посилання </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>виключно</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
-[...31 lines deleted...]
-        <w:t>» (</w:t>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> відповідно до стандарту «APA Style» (</w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00233A35">
+        <w:r w:rsidRPr="002C30B8">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00233A35">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Цей процес можна значно пришвидшити та автоматизувати за допомогою пошуку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Google Scholar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> або </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>Crossref</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> або безлічі інших схожих сервісів та автономних застосунків. У налаштуваннях бібліографії виберіть «APA 7th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ed.».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C3EC67" w14:textId="5051431D" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Надійним способом цитування, що гарантує «повернення цитат» у наукометричні профілі авторів, на яких ви посилаєтесь, є пошук джерел, наприклад, у Google Scholar, який має функцію генерування посилань на знайдені статті за різними стандартами, у тому числі за «APA Style». Вам залишиться лише додати до такого посилання DOI, URI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71510375" w14:textId="2E47D13E" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За цим стандартом бібліографічні посилання не нумеруються, тобто </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...204 lines deleted...]
-          <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ви маєте забути про звичні вам номери в квадратних дужках</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233A35">
-[...18 lines deleted...]
-    <w:p w14:paraId="4BFE89C0" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по тексту. Цитування джерел в тексті виконується в круглих дужках. Як саме, ви можете дізнатись на нашому сайті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BFE89C0" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel3"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Приклад посилання на статтю в журналі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF77A77" w14:textId="334767C4" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="7EF77A77" w14:textId="334767C4" w:rsidR="00233A35" w:rsidRPr="006672B9" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-References"/>
         <w:rPr>
           <w:szCs w:val="16"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:szCs w:val="16"/>
-          <w:lang w:val="uk-UA"/>
-[...332 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+        </w:rPr>
+        <w:t xml:space="preserve">Grady, J. S., Her, M., Moreno, G., Perez, C., &amp; Yelinek, J. (2019). Emotions in storybooks: A comparison of storybooks that represent ethnic and racial groups in the United States. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:iCs/>
+        </w:rPr>
+        <w:t>Psychology of Popular Media Culture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006672B9">
+        <w:rPr>
           <w:szCs w:val="16"/>
-          <w:lang w:val="uk-UA"/>
-[...77 lines deleted...]
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8(3), 207–217. </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="00670FBB" w:rsidRPr="005A55CA">
+        <w:r w:rsidR="00670FBB" w:rsidRPr="006672B9">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:szCs w:val="16"/>
-            <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>https://doi.org/10.1037/ppm0000185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="772220C3" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="772220C3" w14:textId="77777777" w:rsidR="00233A35" w:rsidRPr="002C30B8" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel3"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233A35">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Приклад посилання на всю авторську книгу</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734FCAA7" w14:textId="41813B4D" w:rsidR="00233A35" w:rsidRPr="00233A35" w:rsidRDefault="00233A35" w:rsidP="00233A35">
+    <w:p w14:paraId="734FCAA7" w14:textId="41813B4D" w:rsidR="00233A35" w:rsidRPr="006672B9" w:rsidRDefault="00233A35" w:rsidP="00233A35">
       <w:pPr>
         <w:pStyle w:val="CIMS-References"/>
-        <w:rPr>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00233A35">
+      </w:pPr>
+      <w:r w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">Jackson, L. M. (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006672B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="uk-UA"/>
-[...61 lines deleted...]
-          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The psychology of prejudice: From attitudes to social action </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006672B9">
+        <w:t xml:space="preserve">(2nd ed.). American Psychological Association. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00670FBB" w:rsidRPr="006672B9">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1037/0000168-000</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="09E4FBBE" w14:textId="11E9A9CF" w:rsidR="00943A5A" w:rsidRDefault="00943A5A" w:rsidP="00E25269">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4A2C84" w14:textId="6F6A5965" w:rsidR="004837CF" w:rsidRDefault="005363FF" w:rsidP="004837CF">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="004837CF" w:rsidRPr="004837CF">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>сі бібліографічні дані, зокрема цитовані джерела, імена та афіліації, повинні бути подані латиницею. Ця вимога спрямована на забезпечення уніфікації стандартів метаданих у світовій науковій спільноті, що сприяє взаємодії між різними бібліографічними базами та підтримує інтегроване обговорення наукових результатів на глобальному рівні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F641BF" w14:textId="0484ED3B" w:rsidR="004837CF" w:rsidRDefault="004837CF" w:rsidP="004837CF">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004837CF">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Роз’яснення щодо подання посилань у Roman Script</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...166 lines deleted...]
-        <w:r w:rsidR="00670FBB" w:rsidRPr="005A55CA">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00F61B62">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
-          <w:t>https://doi.org/10.1037/0000168-000</w:t>
+          <w:t>https://cims.fti.dp.ua/j/user/setLoc</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F61B62">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F61B62">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>le/uk?source=%2Fj%2Freferences</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="09E4FBBE" w14:textId="11E9A9CF" w:rsidR="00943A5A" w:rsidRPr="00233A35" w:rsidRDefault="00943A5A" w:rsidP="00E25269">
+    <w:p w14:paraId="6D5C427A" w14:textId="77777777" w:rsidR="004837CF" w:rsidRDefault="004837CF" w:rsidP="004837CF">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00943A5A" w:rsidRPr="00233A35" w:rsidSect="00F95E92">
+    <w:p w14:paraId="1FBE7A4B" w14:textId="77777777" w:rsidR="004837CF" w:rsidRDefault="004837CF" w:rsidP="004837CF">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58E87B75" w14:textId="77777777" w:rsidR="004837CF" w:rsidRPr="004837CF" w:rsidRDefault="004837CF" w:rsidP="004837CF">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004837CF" w:rsidRPr="004837CF" w:rsidSect="00F95E92">
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:num="2" w:space="227"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="3" w:author="User" w:date="2024-12-19T15:18:00Z" w:initials="U">
-    <w:p w14:paraId="0CD3F2D8" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="0CD3F2D8" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Індекс УДК можна визначити за посиланням </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="001C4887">
+        <w:r w:rsidRPr="002C30B8">
           <w:rPr>
             <w:rStyle w:val="a7"/>
           </w:rPr>
           <w:t>https://udcsummary.info/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:comment>
   <w:comment w:id="4" w:author="User" w:date="2024-12-19T15:16:00Z" w:initials="U">
-    <w:p w14:paraId="592A1153" w14:textId="70911672" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="592A1153" w14:textId="70911672" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Назва статті подається </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>основною мовою</w:t>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> публікації, рекомендована довжина назви </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>від 6 до 12 слів</w:t>
       </w:r>
-      <w:r>
-[...92 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> без абревіатур, індексів та спецсимволів, не повинна містити Enter або Shift-Enter. Використання </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>CAPS LOCK не допускається</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - Header"</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="5" w:author="User" w:date="2024-12-19T15:18:00Z" w:initials="U">
+    <w:p w14:paraId="14DF4E22" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Автори подаються через кому </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> LOCK </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>основною мовою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> публікації - спочатку ім'я, потім прізвище. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C5347C" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Через пробіл від кожного прізвища має бути бейдж ORCID, який посилається на профіль відповідного автора у форматі https://orcid.org/0000-0000-0000-0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097B537D" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">За необхідності примусового перенесення ім'я та прізвища автора на наступний рядок натисніть Shift-Enter, але </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>не Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3E9F1A" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Транслітерація імен, у разі подання англійською, здійснюється виключно за державним стандартом. Транслітератор є на сайті. Будь-які відхилення від стандартної транслітерації мають бути підтверджені документом та узгоджені з редактором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572BA6C6" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - Contributors"</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="6" w:author="User" w:date="2024-12-19T15:20:00Z" w:initials="U">
+    <w:p w14:paraId="4525EE89" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Анотація структурована, подається </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>англійською</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> мовою та єдиним абзацем. Має містити усі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>вісім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> обов'язкових розділів, що позначені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>жирним шрифтом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">. Подання анотації за іншою структурою не дозволяється, змінювати назви розділів не можна. Обсяг анотації становить 1800-2200 символів з пробілами, це приблизно 300 слів. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Стиль абзацу "</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="14DF4E22" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+        <w:t>Стиль абзацу "CIMS - Abstract (English)"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2643BA4E" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>основною мовою</w:t>
-[...522 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Типи статей: </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidRPr="006A1DF3">
+        <w:r w:rsidRPr="002C30B8">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://cims.fti.dp.ua/j/article-types</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:comment>
   <w:comment w:id="7" w:author="User" w:date="2024-12-19T15:21:00Z" w:initials="U">
-    <w:p w14:paraId="19B1A5AA" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="3EBE5424" w14:textId="77777777" w:rsidR="006672B9" w:rsidRDefault="00480A26" w:rsidP="006672B9">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006672B9">
         <w:t xml:space="preserve">Ключові слова або ключові фрази подаються </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>англійською</w:t>
       </w:r>
-      <w:r>
-[...173 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006672B9">
+        <w:t xml:space="preserve"> мовою через кому, малими літерами, за виключенням власних назв, без крапки на кінці. Вживання неузвичаєних абревіатур є небажаним. Рекомендовано </w:t>
+      </w:r>
+      <w:r w:rsidR="006672B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">4-6 </w:t>
-      </w:r>
+        <w:t>4-6 ключових слів або ключових фраз</w:t>
+      </w:r>
+      <w:r w:rsidR="006672B9">
+        <w:t xml:space="preserve">, які є найбільш релевантними до подання. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AEB8CE" w14:textId="77777777" w:rsidR="006672B9" w:rsidRDefault="006672B9" w:rsidP="006672B9">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
       <w:r>
+        <w:t>Для підвищення видимості статті у міжнародних наукометричних базах та пошукових системах рекомендується обирати ключові слова, які не дублюють слова з назви статті. Натомість варто використовувати ширші галузеві терміни або синоніми, що дозволить розширити коло потенційних читачів та збільшити шанси на цитування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555F0D0C" w14:textId="77777777" w:rsidR="006672B9" w:rsidRDefault="006672B9" w:rsidP="006672B9">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - Keywords (English)"</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="8" w:author="User" w:date="2024-12-19T15:21:00Z" w:initials="U">
+    <w:p w14:paraId="2EF71168" w14:textId="18263F26" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Анотація структурована, подається </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>українською</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> мовою та єдиним абзацем. Має містити усі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>вісім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> обов'язкових розділів, що позначені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>жирним шрифтом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">. Подання анотації за іншою структурою не дозволяється, змінювати назви розділів не можна. Обсяг анотації становить 1800-2200 символів з пробілами, це приблизно 300 слів. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - Abstract (Ukrainian)"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57639C78" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...256 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Типи статей: </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
-        <w:r w:rsidRPr="00966FF4">
+        <w:r w:rsidRPr="002C30B8">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:b/>
             <w:bCs/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://cims.fti.dp.ua/j/article-types</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4672AB27" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="4672AB27" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
   </w:comment>
   <w:comment w:id="9" w:author="User" w:date="2024-12-19T15:22:00Z" w:initials="U">
-    <w:p w14:paraId="3EC75CFC" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="3EC75CFC" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Ключові слова або ключові фрази подаються </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>українською</w:t>
       </w:r>
-      <w:r>
-[...176 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> мовою через кому, малими літерами, за виключенням власних назв, без крапки на кінці. Вживання неузвичаєних абревіатур є небажаним. Рекомендовано </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">4-6 </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>4-6 ключових слів або ключових фраз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">, які є найбільш релевантними до подання. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0147081E" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - Keywords (Ukrainian)"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BCBD4F8" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="10" w:author="User" w:date="2024-12-19T15:22:00Z" w:initials="U">
+    <w:p w14:paraId="117A11B0" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Відомості про авторів подаються </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...121 lines deleted...]
-    <w:p w14:paraId="0147081E" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+        </w:rPr>
+        <w:t>тільки англійською</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> мовою за послідовністю та форматом, що наведений у зразку. Транслітерація імен здійснюється виключно за державним стандартом. Транслітератор є на сайті. Будь-які відхилення від стандартної транслітерації мають бути підтверджені документом та узгоджені з редактором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1305571F" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...382 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Назва академічних установ англійською подається за реєстром </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="0073236E">
+        <w:r w:rsidRPr="002C30B8">
           <w:rPr>
             <w:rStyle w:val="a7"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://ror.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...78 lines deleted...]
-    <w:p w14:paraId="4EEBECFE" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">, інших установ - за відповідним офіційним реєстром.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EEBECFE" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:t>Краще подавати корпоративну пошту замість особистої, якщо така у вас є.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE55158" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="7DE55158" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Стиль абзацу "CIMS - Contributor Details (English)"</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="11" w:author="User" w:date="2024-12-19T15:23:00Z" w:initials="U">
-    <w:p w14:paraId="3EB9427F" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="3EB9427F" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>"Introduction”.</w:t>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Уся вищенаведена інформація має бути розміщена на одній сторінці. З наступної сторінки починається текст статті, а саме, розділ "Вступ" або "Introduction”.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="12" w:author="User" w:date="2024-12-19T15:23:00Z" w:initials="U">
-    <w:p w14:paraId="31914A26" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="31914A26" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Це розділ "Вступ" або "Introduction”. За рекомендаціями стандарту "APA Style” цей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>розділ подається без назви</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD65345" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="2DD65345" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Він зазвичай містить контекст і обґрунтування дослідження, опис проблеми або питання, яке досліджується, обґрунтування важливості дослідження, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">актуальності </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">та </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>практичної цінності</w:t>
       </w:r>
-      <w:r>
-[...654 lines deleted...]
-    <w:p w14:paraId="6AA10223" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> дослідження, короткий огляд попередніх досліджень з теми, визначення прогалин або недостатньо досліджених аспектів в літературі, короткий огляд структури статті, опис того, що буде обговорюватися в кожному розділі. Цей розділ важливий, оскільки він задає тон усій статті та допомагає читачам зрозуміти, чому дослідження важливе, як воно вписується в існуючий контекст знань, і які результати очікуються.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA10223" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> - Text".</w:t>
+        </w:rPr>
+        <w:t>Сталь абзаців "CIMS - Text".</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="13" w:author="User" w:date="2024-12-19T15:24:00Z" w:initials="U">
-    <w:p w14:paraId="18535597" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+    <w:p w14:paraId="18535597" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:t xml:space="preserve">Назви розділів статті подаються </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>основною мовою</w:t>
       </w:r>
-      <w:r>
-[...68 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> публікації без абревіатур, індексів та спецсимволів. Назва не повинна містити Enter або Shift-Enter. Використання </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>CAPS LOCK не допускається</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - Header (Level 2)".</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="14" w:author="User" w:date="2024-12-19T15:24:00Z" w:initials="U">
+    <w:p w14:paraId="246CF66F" w14:textId="77777777" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Стиль усіх абзаців основного тексту статті "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CIMS - Text</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">". </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Не вимикайте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> автоматичний перенос слів та перевірку орфографії та граматики. Для коректної роботи цих функцій оберіть мову цих абзаців відповідно до мови поданого тексту.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="15" w:author="User" w:date="2024-12-19T15:45:00Z" w:initials="U">
+    <w:p w14:paraId="483CFD35" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Стиль абзацу "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CIMS - Program Code Header"</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="16" w:author="User" w:date="2024-12-19T15:46:00Z" w:initials="U">
+    <w:p w14:paraId="5881CAD1" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Стиль абзацу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>"CIMS - Program Code"</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="17" w:author="User" w:date="2024-12-19T15:25:00Z" w:initials="U">
+    <w:p w14:paraId="290BA899" w14:textId="3117C424" w:rsidR="00480A26" w:rsidRPr="002C30B8" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Назва таблиці, стиль абзацу "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CIMS - Table Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">". В дужках </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>(Source)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> має бути посилання на джерело, з якого запозичена таблиця або запозичені дані. Якщо це розробка авторів, то подається таким чином залежно від основної мови статті: (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Source: Developed by the authors)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> чи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> (Level 2)".</w:t>
+        </w:rPr>
+        <w:t>(Джерело: розроблено авторами)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="User" w:date="2024-12-19T15:24:00Z" w:initials="U">
-    <w:p w14:paraId="246CF66F" w14:textId="77777777" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+  <w:comment w:id="18" w:author="User" w:date="2024-12-19T15:25:00Z" w:initials="U">
+    <w:p w14:paraId="7F9B8CF2" w14:textId="77777777" w:rsidR="00022D47" w:rsidRPr="002C30B8" w:rsidRDefault="00022D47" w:rsidP="00022D47">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Не вимикайте</w:t>
-[...205 lines deleted...]
-    <w:p w14:paraId="483CFD35" w14:textId="77777777" w:rsidR="000C013B" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+        <w:t>Ширина таблиці</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> має дорівнювати ширині смуги набору незалежно від вмісту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7B13E9" w14:textId="77777777" w:rsidR="00022D47" w:rsidRPr="002C30B8" w:rsidRDefault="00022D47" w:rsidP="00022D47">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Виділіть усю таблицю, перейдіть до меню "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Конструктор таблиць</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">", оберіть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="5881CAD1" w14:textId="77777777" w:rsidR="000C013B" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+        </w:rPr>
+        <w:t>Стиль таблиць "CIMS -Table”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273FD836" w14:textId="77777777" w:rsidR="00022D47" w:rsidRPr="002C30B8" w:rsidRDefault="00022D47" w:rsidP="00022D47">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Після цього в ручний спосіб ви можете відкоригувати розташування тексту в комірках, а також застосувати текстові стилі ”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>"CIMS - Program Code"</w:t>
+        </w:rPr>
+        <w:t>CIMS - Tables Cells</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>” та ”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CIMS - Tables Header Cells</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>”</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="17" w:author="User" w:date="2024-12-19T15:25:00Z" w:initials="U">
-    <w:p w14:paraId="290BA899" w14:textId="3117C424" w:rsidR="00480A26" w:rsidRDefault="00480A26" w:rsidP="00480A26">
+  <w:comment w:id="19" w:author="User" w:date="2024-12-19T15:26:00Z" w:initials="U">
+    <w:p w14:paraId="47226ECD" w14:textId="77777777" w:rsidR="00022D47" w:rsidRPr="002C30B8" w:rsidRDefault="00022D47" w:rsidP="00022D47">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
-[...56 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Після таблиці має бути </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>порожній рядок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">, або, за необхідності, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...309 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>примітки та порожній рядок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37092533" w14:textId="77777777" w:rsidR="00022D47" w:rsidRPr="002C30B8" w:rsidRDefault="00022D47" w:rsidP="00022D47">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Стиль цих абзаців "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CIMS - Tables Cells</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>"</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="20" w:author="User" w:date="2024-12-19T15:26:00Z" w:initials="U">
+    <w:p w14:paraId="7CC984CE" w14:textId="77777777" w:rsidR="00022D47" w:rsidRPr="002C30B8" w:rsidRDefault="00022D47" w:rsidP="00022D47">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Для форматування формули натисніть клавішу [Tab], вставте формулу, знову натисніть клавішу [Tab], вставте номер формули в дужках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBD33F8" w14:textId="77777777" w:rsidR="00022D47" w:rsidRPr="002C30B8" w:rsidRDefault="00022D47" w:rsidP="00022D47">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Після цього застосуйте стиль абзацу "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CIMS - Equations with No.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="21" w:author="User" w:date="2024-12-19T15:27:00Z" w:initials="U">
+    <w:p w14:paraId="051CC8B8" w14:textId="77777777" w:rsidR="00022D47" w:rsidRPr="002C30B8" w:rsidRDefault="00022D47" w:rsidP="00022D47">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...21 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Не рекомендується</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> включати до структури статті заголовки третього рівня (підрозділи). Але така можливість передбачена в шаблоні. Отже, назви підрозділів статті подаються </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>основною мовою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> публікації без абревіатур, індексів та спецсимволів, не повинні містити Enter або Shift-Enter. Використання </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>CAPS LOCK не допускається</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - Header (Level 3)".</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="22" w:author="User" w:date="2024-12-19T15:28:00Z" w:initials="U">
+    <w:p w14:paraId="682FA9AD" w14:textId="77777777" w:rsidR="009028B5" w:rsidRPr="002C30B8" w:rsidRDefault="009028B5" w:rsidP="009028B5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Рисунки подаються у растровому форматі, наприклад JPG, PNG. Вставлення графіків, діаграм та інших вбудовуваних об'єктів з інших застосунків небажане через те, що вони можуть спотворюватись у процесі технічного редагування. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - Figure"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62214C77" w14:textId="77777777" w:rsidR="009028B5" w:rsidRPr="002C30B8" w:rsidRDefault="009028B5" w:rsidP="009028B5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>У разі вставлення декількох рисунків, що значно менші за  ширину смуги набору, рекомендується розташовувати їх поряд, наприклад, розташувати в комірках таблиці, яка не має видимих границь.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="23" w:author="User" w:date="2024-12-19T15:28:00Z" w:initials="U">
+    <w:p w14:paraId="571B1366" w14:textId="77777777" w:rsidR="009028B5" w:rsidRPr="002C30B8" w:rsidRDefault="009028B5" w:rsidP="009028B5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Назва рисунку, стиль абзацу "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CIMS - Figure Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">". В дужках </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>(Source)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> має бути посилання на джерело, з якого запозичений рисунок. Якщо це розробка авторів, то подається таким чином залежно від основної мови статті: (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Source: Created by the authors)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> чи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>(Джерело: Створено авторами)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="24" w:author="User" w:date="2024-12-19T15:41:00Z" w:initials="U">
+    <w:p w14:paraId="60EB2DCE" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Нумерований список. Стиль абзацу "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CIMS - List (Numbered List)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>"</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="25" w:author="User" w:date="2024-12-19T15:41:00Z" w:initials="U">
+    <w:p w14:paraId="17653D2A" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Список з маркером. Стиль абзацу "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CIMS - List (Bulleted List)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>"</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="26" w:author="User" w:date="2024-12-19T15:42:00Z" w:initials="U">
+    <w:p w14:paraId="37773FBB" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>Назва розділу бібліографічних посилань подається основною мовою статті - "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>" або "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>Посилання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">". </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - Header (Level 2)"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="18" w:author="User" w:date="2024-12-19T15:25:00Z" w:initials="U">
-    <w:p w14:paraId="7F9B8CF2" w14:textId="77777777" w:rsidR="00022D47" w:rsidRDefault="00022D47" w:rsidP="00022D47">
+  <w:comment w:id="27" w:author="User" w:date="2024-12-19T15:43:00Z" w:initials="U">
+    <w:p w14:paraId="721A811F" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>⚠️</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Ширина таблиці</w:t>
-[...77 lines deleted...]
-    <w:p w14:paraId="0D7B13E9" w14:textId="77777777" w:rsidR="00022D47" w:rsidRDefault="00022D47" w:rsidP="00022D47">
+        <w:t>Відсутність посилання є випадком порушення авторських прав, а неправильно оформлене посилання розглядається як серйозна помилка.⚠️</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD86AEF" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve">Посилання подаються за стандартом "APA Style" в алфавітному порядку. Кожне подане джерело має згадуватись в основному тексті статті. Якщо ваша стаття продовжує тему дослідження та містить нові результати, не забувайте посилатись на попередні власні статті з цієї теми, але не більше 10-15% від загальної кількості посилань. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Стиль абзацу "CIMS - References"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="728B4995" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="273FD836" w14:textId="77777777" w:rsidR="00022D47" w:rsidRDefault="00022D47" w:rsidP="00022D47">
+        </w:rPr>
+        <w:t>Можна посилатись на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6492D595" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...125 lines deleted...]
-    <w:p w14:paraId="47226ECD" w14:textId="77777777" w:rsidR="00022D47" w:rsidRDefault="00022D47" w:rsidP="00022D47">
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>✔️рецензовані наукові статті, опубліковані у наукових журналах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7018AA17" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>✔️монографії та наукові книги, написані експертами у відповідній галузі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4222F2" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>✔️звіти наукових досліджень, опубліковані науковими установами або державними агентствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D43A203" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>✔️статті або тези конференцій, якщо вони також проходять рецензування,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56AB2FEB" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>✔️дисертації та дипломні роботи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005A3AB1" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>За умови, якщо вищеозначені джерела  опубліковані в інтернеті у відкритому доступі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208A567E" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>порожній рядок</w:t>
-[...22 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">🚫Заборонено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>посилатись на джерела ненаукового характеру, а саме навчальні посібники, підручники, енциклопедії тощо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7624F078" w14:textId="77777777" w:rsidR="000C013B" w:rsidRPr="002C30B8" w:rsidRDefault="000C013B" w:rsidP="000C013B">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="37092533" w14:textId="77777777" w:rsidR="00022D47" w:rsidRDefault="00022D47" w:rsidP="00022D47">
+        </w:rPr>
+        <w:t xml:space="preserve">🚫Заборонено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t>посилатись на джерела, які відсутні в інтернеті. Кожне джерело без винятку має містити інтернет посилання на DOI, URI чи URL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F18B17C" w14:textId="77777777" w:rsidR="000C013B" w:rsidRDefault="000C013B" w:rsidP="000C013B">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-[...109 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Не рекомендується</w:t>
-[...3292 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>⚠️Не рекомендується</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C30B8">
+        <w:t xml:space="preserve"> посилатись на джерела, яким більше п'яти років.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="0CD3F2D8" w15:done="0"/>
   <w15:commentEx w15:paraId="592A1153" w15:done="0"/>
   <w15:commentEx w15:paraId="572BA6C6" w15:done="0"/>
   <w15:commentEx w15:paraId="2643BA4E" w15:done="0"/>
   <w15:commentEx w15:paraId="555F0D0C" w15:done="0"/>
   <w15:commentEx w15:paraId="4672AB27" w15:done="0"/>
   <w15:commentEx w15:paraId="7BCBD4F8" w15:done="0"/>
   <w15:commentEx w15:paraId="7DE55158" w15:done="0"/>
   <w15:commentEx w15:paraId="3EB9427F" w15:done="0"/>
   <w15:commentEx w15:paraId="6AA10223" w15:done="0"/>
   <w15:commentEx w15:paraId="18535597" w15:done="0"/>
   <w15:commentEx w15:paraId="246CF66F" w15:done="0"/>
   <w15:commentEx w15:paraId="483CFD35" w15:done="0"/>
   <w15:commentEx w15:paraId="5881CAD1" w15:done="0"/>
   <w15:commentEx w15:paraId="290BA899" w15:done="0"/>
   <w15:commentEx w15:paraId="273FD836" w15:done="0"/>
   <w15:commentEx w15:paraId="37092533" w15:done="0"/>
@@ -18387,114 +6148,114 @@
   <w16cid:commentId w16cid:paraId="7BCBD4F8" w16cid:durableId="524FA27A"/>
   <w16cid:commentId w16cid:paraId="7DE55158" w16cid:durableId="35F24152"/>
   <w16cid:commentId w16cid:paraId="3EB9427F" w16cid:durableId="0D2D3B75"/>
   <w16cid:commentId w16cid:paraId="6AA10223" w16cid:durableId="16301918"/>
   <w16cid:commentId w16cid:paraId="18535597" w16cid:durableId="73F2B10E"/>
   <w16cid:commentId w16cid:paraId="246CF66F" w16cid:durableId="6830C0BE"/>
   <w16cid:commentId w16cid:paraId="483CFD35" w16cid:durableId="5CB7DA84"/>
   <w16cid:commentId w16cid:paraId="5881CAD1" w16cid:durableId="3FF7A82B"/>
   <w16cid:commentId w16cid:paraId="290BA899" w16cid:durableId="74CAD7E9"/>
   <w16cid:commentId w16cid:paraId="273FD836" w16cid:durableId="5A0F7342"/>
   <w16cid:commentId w16cid:paraId="37092533" w16cid:durableId="3393C200"/>
   <w16cid:commentId w16cid:paraId="4DBD33F8" w16cid:durableId="34E89C01"/>
   <w16cid:commentId w16cid:paraId="051CC8B8" w16cid:durableId="44B0A7DD"/>
   <w16cid:commentId w16cid:paraId="62214C77" w16cid:durableId="75F3AEB8"/>
   <w16cid:commentId w16cid:paraId="571B1366" w16cid:durableId="34308789"/>
   <w16cid:commentId w16cid:paraId="60EB2DCE" w16cid:durableId="72E45C0A"/>
   <w16cid:commentId w16cid:paraId="17653D2A" w16cid:durableId="44709F95"/>
   <w16cid:commentId w16cid:paraId="37773FBB" w16cid:durableId="50DCBE8D"/>
   <w16cid:commentId w16cid:paraId="3F18B17C" w16cid:durableId="22AFD8EF"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BFC63B4" w14:textId="77777777" w:rsidR="00BA7A34" w:rsidRDefault="00BA7A34" w:rsidP="00BC7229">
-      <w:r>
+    <w:p w14:paraId="7149D628" w14:textId="77777777" w:rsidR="002C2892" w:rsidRPr="002C30B8" w:rsidRDefault="002C2892" w:rsidP="00BC7229">
+      <w:r w:rsidRPr="002C30B8">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7369C2C1" w14:textId="77777777" w:rsidR="00BA7A34" w:rsidRDefault="00BA7A34" w:rsidP="00BC7229">
-      <w:r>
+    <w:p w14:paraId="60AC41A2" w14:textId="77777777" w:rsidR="002C2892" w:rsidRPr="002C30B8" w:rsidRDefault="002C2892" w:rsidP="00BC7229">
+      <w:r w:rsidRPr="002C30B8">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -18514,711 +6275,950 @@
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="CIMS-Table"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3213"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3213"/>
+      <w:gridCol w:w="2469"/>
+      <w:gridCol w:w="2443"/>
+      <w:gridCol w:w="2470"/>
+      <w:gridCol w:w="2257"/>
     </w:tblGrid>
-    <w:tr w:rsidR="000463F7" w:rsidRPr="000463F7" w14:paraId="02DFB94B" w14:textId="77777777" w:rsidTr="00E635F8">
+    <w:tr w:rsidR="002C30B8" w:rsidRPr="006672B9" w14:paraId="171F951D" w14:textId="77777777" w:rsidTr="00577B8C">
       <w:trPr>
         <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3213" w:type="dxa"/>
+          <w:tcW w:w="2469" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="46AC8585" w14:textId="1D7FCD52" w:rsidR="000463F7" w:rsidRPr="00E635F8" w:rsidRDefault="000463F7" w:rsidP="00E635F8">
+        <w:p w14:paraId="4C56B7FE" w14:textId="77777777" w:rsidR="002C30B8" w:rsidRPr="006672B9" w:rsidRDefault="002C30B8" w:rsidP="002C30B8">
           <w:pPr>
             <w:pStyle w:val="CIMS-Dates"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E635F8">
+          <w:r w:rsidRPr="006672B9">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Received: 2025-XX-XX</w:t>
+            <w:t>Received: 2026-XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3213" w:type="dxa"/>
+          <w:tcW w:w="2443" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="638B2C56" w14:textId="2B443B94" w:rsidR="000463F7" w:rsidRPr="00E635F8" w:rsidRDefault="000463F7" w:rsidP="00E635F8">
+        <w:p w14:paraId="35DD73E0" w14:textId="77777777" w:rsidR="002C30B8" w:rsidRPr="006672B9" w:rsidRDefault="002C30B8" w:rsidP="002C30B8">
           <w:pPr>
             <w:pStyle w:val="CIMS-Dates"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E635F8">
+          <w:r w:rsidRPr="006672B9">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Revised: 2025-XX-XX</w:t>
+            <w:t>Revised: 2026-XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3213" w:type="dxa"/>
+          <w:tcW w:w="2470" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="6D30C418" w14:textId="064572C7" w:rsidR="000463F7" w:rsidRPr="00E635F8" w:rsidRDefault="000463F7" w:rsidP="00E635F8">
+        <w:p w14:paraId="0BB321BC" w14:textId="77777777" w:rsidR="002C30B8" w:rsidRPr="006672B9" w:rsidRDefault="002C30B8" w:rsidP="002C30B8">
           <w:pPr>
             <w:pStyle w:val="CIMS-Dates"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E635F8">
+          <w:r w:rsidRPr="006672B9">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Accepted: 2025-XX-XX</w:t>
+            <w:t>Accepted: 2026-XX-XX</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2257" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w14:paraId="7221D61A" w14:textId="77777777" w:rsidR="002C30B8" w:rsidRPr="006672B9" w:rsidRDefault="002C30B8" w:rsidP="002C30B8">
+          <w:pPr>
+            <w:pStyle w:val="CIMS-Dates"/>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="006672B9">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+            <w:t>Published: 2026-XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="5546023D" w14:textId="640C49A1" w:rsidR="00CE101E" w:rsidRPr="00E635F8" w:rsidRDefault="00AF07CA" w:rsidP="00FD7ED7">
+  <w:p w14:paraId="5546023D" w14:textId="22093520" w:rsidR="00CE101E" w:rsidRPr="006672B9" w:rsidRDefault="00AF07CA" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-Copyright"/>
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00157833">
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="13589B1C" wp14:editId="5A94DE49">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>2516505</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10135870</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="511175" cy="179705"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="964611883" name="Рисунок 7" descr="Зображення, що містить більярдна куля, символ&#10;&#10;Автоматично згенерований опис"/>
+          <wp:docPr id="1386135990" name="Рисунок 7" descr="Зображення, що містить більярдна куля, символ&#10;&#10;Автоматично згенерований опис"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1627015213" name="Рисунок 7" descr="Зображення, що містить більярдна куля, символ&#10;&#10;Автоматично згенерований опис"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="511175" cy="179705"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00354793" w:rsidRPr="00E635F8">
+    <w:r w:rsidR="00354793" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00CE101E" w:rsidRPr="00E635F8">
+    <w:r w:rsidR="00CE101E" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:t>Copyright © 202</w:t>
     </w:r>
-    <w:r w:rsidR="003E7AC4" w:rsidRPr="00E635F8">
-      <w:t>5</w:t>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00CE101E" w:rsidRPr="00E635F8">
+    <w:r w:rsidR="00CE101E" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:t xml:space="preserve"> Authors.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="076CF379" w14:textId="1F1232DC" w:rsidR="00AA12B2" w:rsidRPr="00E635F8" w:rsidRDefault="00354793" w:rsidP="00FD7ED7">
+  <w:p w14:paraId="076CF379" w14:textId="1F1232DC" w:rsidR="00AA12B2" w:rsidRPr="006672B9" w:rsidRDefault="00354793" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-Copyright"/>
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E635F8">
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00E30F77" w:rsidRPr="00E635F8">
+    <w:r w:rsidR="00E30F77" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:t>This work is licensed under a Creative</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FCCD02B" w14:textId="79C52B6A" w:rsidR="00E30F77" w:rsidRPr="00E635F8" w:rsidRDefault="00AA12B2" w:rsidP="00FD7ED7">
+  <w:p w14:paraId="1FCCD02B" w14:textId="79C52B6A" w:rsidR="00E30F77" w:rsidRPr="006672B9" w:rsidRDefault="00AA12B2" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-Copyright"/>
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E635F8">
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00E30F77" w:rsidRPr="00E635F8">
+    <w:r w:rsidR="00E30F77" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:t>Commons Attribution 4.0</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E635F8">
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00E30F77" w:rsidRPr="00E635F8">
+    <w:r w:rsidR="00E30F77" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:t>International License.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62CCA683" w14:textId="77777777" w:rsidR="00BA7A34" w:rsidRDefault="00BA7A34" w:rsidP="00BC7229">
+    <w:p w14:paraId="143E46E8" w14:textId="77777777" w:rsidR="002C2892" w:rsidRPr="002C30B8" w:rsidRDefault="002C2892" w:rsidP="00BC7229">
       <w:bookmarkStart w:id="0" w:name="_Hlk170622128"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="002C30B8">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DACF882" w14:textId="77777777" w:rsidR="00BA7A34" w:rsidRDefault="00BA7A34" w:rsidP="00BC7229">
-      <w:r>
+    <w:p w14:paraId="1F857693" w14:textId="77777777" w:rsidR="002C2892" w:rsidRPr="002C30B8" w:rsidRDefault="002C2892" w:rsidP="00BC7229">
+      <w:r w:rsidRPr="002C30B8">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A68220B" w14:textId="2D2B6F2C" w:rsidR="00D73700" w:rsidRPr="0029580F" w:rsidRDefault="005F1C8B" w:rsidP="00330355">
+  <w:p w14:paraId="7A68220B" w14:textId="3DAB0408" w:rsidR="00D73700" w:rsidRPr="002C30B8" w:rsidRDefault="005F1C8B" w:rsidP="00330355">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopAge2"/>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidR="004853BD" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Challenges and Issues of Modern Science</w:t>
     </w:r>
-    <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidR="004853BD" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:br/>
     </w:r>
-    <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidR="004853BD" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">2025, Vol. 4, No. </w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00D66430">
-      <w:rPr>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
-        <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-      <w:t>2</w:t>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="004853BD" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="004853BD" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, No. </w:t>
+    </w:r>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">, ID </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
+          <w:noProof w:val="0"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:alias w:val="Категорія"/>
         <w:tag w:val=""/>
         <w:id w:val="1181319948"/>
         <w:placeholder>
           <w:docPart w:val="BDA0608A26D54ED8AEDC9F79768B4842"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="00670FBB">
+        <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
           <w:rPr>
+            <w:noProof w:val="0"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>YYY</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0DF156E0" w14:textId="6392E48F" w:rsidR="004853BD" w:rsidRPr="0029580F" w:rsidRDefault="004853BD" w:rsidP="00330355">
+  <w:p w14:paraId="0DF156E0" w14:textId="027DF826" w:rsidR="004853BD" w:rsidRPr="002C30B8" w:rsidRDefault="004853BD" w:rsidP="00330355">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9355"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Challenges and Issues of Modern Science</w:t>
     </w:r>
-    <w:r w:rsidR="005F1C8B" w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidR="005F1C8B" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="005F1C8B" w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidR="005F1C8B" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="005F1C8B" w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidR="005F1C8B" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidR="005F1C8B" w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidR="005F1C8B" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005F1C8B" w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidR="005F1C8B" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="005F1C8B" w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidR="005F1C8B" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="0029580F">
-      <w:rPr>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:br/>
-      <w:t xml:space="preserve">2025, Vol. 4, No. </w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00D66430">
-      <w:rPr>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
-        <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-      <w:t>2</w:t>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00670FBB">
-      <w:rPr>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, No. </w:t>
+    </w:r>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">, ID </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
+          <w:noProof w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:alias w:val="Категорія"/>
         <w:tag w:val=""/>
         <w:id w:val="-1058852166"/>
         <w:placeholder>
           <w:docPart w:val="2A4A1B15CA5043DF9389A2800A56B79E"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="00670FBB">
+        <w:r w:rsidR="00670FBB" w:rsidRPr="002C30B8">
           <w:rPr>
+            <w:noProof w:val="0"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>YYY</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7F3A86E1" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRPr="0088218B" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
+  <w:p w14:paraId="7F3A86E1" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRPr="006672B9" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0088218B">
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C3F8DC4" wp14:editId="5D2E9A34">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>702945</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="781050" cy="572135"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1924642628" name="Рисунок 3" descr="Зображення, що містить Графіка, Шрифт, логотип, графічний дизайн&#10;&#10;Автоматично згенерований опис">
+          <wp:docPr id="583457773" name="Рисунок 3" descr="Зображення, що містить Графіка, Шрифт, логотип, графічний дизайн&#10;&#10;Автоматично згенерований опис">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId1"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1609958410" name="Рисунок 3" descr="Зображення, що містить Графіка, Шрифт, логотип, графічний дизайн&#10;&#10;Автоматично згенерований опис">
                     <a:hlinkClick r:id="rId1"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="781050" cy="572135"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="0088218B">
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:tab/>
       <w:t>Challenges and Issues of Modern Science</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="03556CD7" w14:textId="020486BD" w:rsidR="00670FBB" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
+  <w:p w14:paraId="03556CD7" w14:textId="037BBED4" w:rsidR="00670FBB" w:rsidRPr="006672B9" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:tab/>
-      <w:t>2025,</w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidRPr="00510AD1">
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
-    <w:r>
-      <w:t xml:space="preserve">Vol. 4, No. 2, ID </w:t>
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, No. </w:t>
+    </w:r>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, ID </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:alias w:val="Категорія"/>
         <w:tag w:val=""/>
         <w:id w:val="838964810"/>
         <w:placeholder>
           <w:docPart w:val="F9065EAA80984535B858F09B72090795"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r>
+        <w:r w:rsidRPr="006672B9">
+          <w:rPr>
+            <w:noProof w:val="0"/>
+          </w:rPr>
           <w:t>YYY</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="7F3D1465" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
+  <w:p w14:paraId="7F3D1465" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRPr="006672B9" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:tab/>
-    </w:r>
-    <w:r w:rsidRPr="0096691D">
       <w:t>ISSN: 3083-5704</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="654471E9" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRPr="00F142C2" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
+  <w:p w14:paraId="654471E9" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRPr="006672B9" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">URL: </w:t>
-[...5 lines deleted...]
-      <w:t>YYY</w:t>
+      <w:t>URL: https://cims.fti.dp.ua/j/article/view/YYY</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0DD2D4EF" w14:textId="77777777" w:rsidR="00670FBB" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
+  <w:p w14:paraId="0DD2D4EF" w14:textId="6DC79678" w:rsidR="00670FBB" w:rsidRPr="006672B9" w:rsidRDefault="00670FBB" w:rsidP="00670FBB">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F142C2">
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
       <w:tab/>
-      <w:t>DOI: https://doi.org/10.15421/cims.4.</w:t>
+      <w:t>DOI: https://doi.org/10.15421/cims.</w:t>
     </w:r>
-    <w:r>
-      <w:t>YYY</w:t>
+    <w:r w:rsidR="002C30B8" w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006672B9">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+      </w:rPr>
+      <w:t>.YYY</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="907AFC66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -19587,53 +7587,52 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="369376093">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1558005238">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="515580658">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="User">
     <w15:presenceInfo w15:providerId="None" w15:userId="User"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="210"/>
+  <w:zoom w:percent="140"/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="357"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="CIMS-Table"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -19696,51 +7695,53 @@
     <w:rsid w:val="002001F6"/>
     <w:rsid w:val="002035C8"/>
     <w:rsid w:val="00207FF3"/>
     <w:rsid w:val="002102C5"/>
     <w:rsid w:val="002175D1"/>
     <w:rsid w:val="002238DC"/>
     <w:rsid w:val="00233897"/>
     <w:rsid w:val="00233A35"/>
     <w:rsid w:val="00234521"/>
     <w:rsid w:val="00234A5F"/>
     <w:rsid w:val="00242A08"/>
     <w:rsid w:val="002458C1"/>
     <w:rsid w:val="00253209"/>
     <w:rsid w:val="00260986"/>
     <w:rsid w:val="00261665"/>
     <w:rsid w:val="002623B5"/>
     <w:rsid w:val="00267FD5"/>
     <w:rsid w:val="002761CD"/>
     <w:rsid w:val="00286C81"/>
     <w:rsid w:val="00293834"/>
     <w:rsid w:val="00293F58"/>
     <w:rsid w:val="0029580F"/>
     <w:rsid w:val="002A05F2"/>
     <w:rsid w:val="002A63BE"/>
     <w:rsid w:val="002A6A1A"/>
+    <w:rsid w:val="002C2892"/>
     <w:rsid w:val="002C2E38"/>
+    <w:rsid w:val="002C30B8"/>
     <w:rsid w:val="002C4C93"/>
     <w:rsid w:val="002C570C"/>
     <w:rsid w:val="002D04D4"/>
     <w:rsid w:val="002D3684"/>
     <w:rsid w:val="002D43EC"/>
     <w:rsid w:val="002D4A00"/>
     <w:rsid w:val="002D67FB"/>
     <w:rsid w:val="002E2CAB"/>
     <w:rsid w:val="002E431B"/>
     <w:rsid w:val="002E7530"/>
     <w:rsid w:val="002F076B"/>
     <w:rsid w:val="002F50A9"/>
     <w:rsid w:val="002F51E6"/>
     <w:rsid w:val="00310AF6"/>
     <w:rsid w:val="00325D20"/>
     <w:rsid w:val="00326B03"/>
     <w:rsid w:val="003274A1"/>
     <w:rsid w:val="00330355"/>
     <w:rsid w:val="003312F4"/>
     <w:rsid w:val="00350D36"/>
     <w:rsid w:val="00354793"/>
     <w:rsid w:val="00355572"/>
     <w:rsid w:val="003555C6"/>
     <w:rsid w:val="00363D6D"/>
     <w:rsid w:val="00365213"/>
@@ -19748,92 +7749,95 @@
     <w:rsid w:val="00374E6D"/>
     <w:rsid w:val="00375C1F"/>
     <w:rsid w:val="00377BEF"/>
     <w:rsid w:val="00385040"/>
     <w:rsid w:val="0039061E"/>
     <w:rsid w:val="0039436D"/>
     <w:rsid w:val="0039499B"/>
     <w:rsid w:val="003B2465"/>
     <w:rsid w:val="003C52D6"/>
     <w:rsid w:val="003D01E6"/>
     <w:rsid w:val="003D5159"/>
     <w:rsid w:val="003E5421"/>
     <w:rsid w:val="003E7AC4"/>
     <w:rsid w:val="00406DAF"/>
     <w:rsid w:val="004113A9"/>
     <w:rsid w:val="00420D3B"/>
     <w:rsid w:val="00421A3F"/>
     <w:rsid w:val="00425966"/>
     <w:rsid w:val="0043552D"/>
     <w:rsid w:val="004360B2"/>
     <w:rsid w:val="00444A00"/>
     <w:rsid w:val="004560DC"/>
     <w:rsid w:val="0046063A"/>
     <w:rsid w:val="00473A36"/>
     <w:rsid w:val="00480A26"/>
+    <w:rsid w:val="004837CF"/>
     <w:rsid w:val="00483E5B"/>
     <w:rsid w:val="004853BD"/>
     <w:rsid w:val="004879CF"/>
     <w:rsid w:val="00495738"/>
     <w:rsid w:val="0049740E"/>
     <w:rsid w:val="004979C4"/>
     <w:rsid w:val="004D6D46"/>
     <w:rsid w:val="00500214"/>
     <w:rsid w:val="005008A3"/>
     <w:rsid w:val="00510AD1"/>
     <w:rsid w:val="00511A7E"/>
     <w:rsid w:val="00527C13"/>
     <w:rsid w:val="00531A24"/>
     <w:rsid w:val="00534186"/>
+    <w:rsid w:val="005363FF"/>
     <w:rsid w:val="00537BF0"/>
     <w:rsid w:val="00542840"/>
     <w:rsid w:val="00547DA3"/>
     <w:rsid w:val="0055065A"/>
     <w:rsid w:val="005510F2"/>
     <w:rsid w:val="005513D2"/>
     <w:rsid w:val="00555547"/>
     <w:rsid w:val="0057226A"/>
     <w:rsid w:val="00576085"/>
     <w:rsid w:val="00582BC7"/>
     <w:rsid w:val="005B6AF4"/>
     <w:rsid w:val="005C05B6"/>
     <w:rsid w:val="005C6065"/>
     <w:rsid w:val="005D351C"/>
     <w:rsid w:val="005F18E3"/>
     <w:rsid w:val="005F1C8B"/>
     <w:rsid w:val="005F25BF"/>
     <w:rsid w:val="005F5D95"/>
     <w:rsid w:val="00602FB5"/>
     <w:rsid w:val="00624FA1"/>
     <w:rsid w:val="00625520"/>
     <w:rsid w:val="00630918"/>
     <w:rsid w:val="006315BF"/>
     <w:rsid w:val="00633B0C"/>
     <w:rsid w:val="00642E41"/>
     <w:rsid w:val="00643BA8"/>
     <w:rsid w:val="006470BB"/>
     <w:rsid w:val="0065181D"/>
+    <w:rsid w:val="006672B9"/>
     <w:rsid w:val="00670FBB"/>
     <w:rsid w:val="006713CC"/>
     <w:rsid w:val="00674032"/>
     <w:rsid w:val="006961D1"/>
     <w:rsid w:val="006A2984"/>
     <w:rsid w:val="006A2A67"/>
     <w:rsid w:val="006A4A73"/>
     <w:rsid w:val="006C1074"/>
     <w:rsid w:val="006D1C51"/>
     <w:rsid w:val="006E530D"/>
     <w:rsid w:val="006F2929"/>
     <w:rsid w:val="007079B4"/>
     <w:rsid w:val="0071329A"/>
     <w:rsid w:val="0071441A"/>
     <w:rsid w:val="0071752F"/>
     <w:rsid w:val="00720314"/>
     <w:rsid w:val="00725245"/>
     <w:rsid w:val="0072677F"/>
     <w:rsid w:val="00740EE6"/>
     <w:rsid w:val="00747300"/>
     <w:rsid w:val="007523B7"/>
     <w:rsid w:val="00752F16"/>
     <w:rsid w:val="00782FBA"/>
     <w:rsid w:val="00786F87"/>
     <w:rsid w:val="00794723"/>
@@ -19876,65 +7880,67 @@
     <w:rsid w:val="008C74C1"/>
     <w:rsid w:val="00900133"/>
     <w:rsid w:val="0090227F"/>
     <w:rsid w:val="009028B5"/>
     <w:rsid w:val="00902C08"/>
     <w:rsid w:val="00905D1C"/>
     <w:rsid w:val="00907C19"/>
     <w:rsid w:val="00907E94"/>
     <w:rsid w:val="00911520"/>
     <w:rsid w:val="00912E35"/>
     <w:rsid w:val="009141F8"/>
     <w:rsid w:val="00916EB2"/>
     <w:rsid w:val="00916ED6"/>
     <w:rsid w:val="00917E89"/>
     <w:rsid w:val="009248DE"/>
     <w:rsid w:val="009255C8"/>
     <w:rsid w:val="0093304A"/>
     <w:rsid w:val="009346F1"/>
     <w:rsid w:val="009360C1"/>
     <w:rsid w:val="00937B3D"/>
     <w:rsid w:val="00943A5A"/>
     <w:rsid w:val="0095004F"/>
     <w:rsid w:val="00952768"/>
     <w:rsid w:val="00963336"/>
     <w:rsid w:val="0096691D"/>
+    <w:rsid w:val="00970903"/>
     <w:rsid w:val="009736CC"/>
     <w:rsid w:val="009767A8"/>
     <w:rsid w:val="00977E96"/>
     <w:rsid w:val="00993DC2"/>
     <w:rsid w:val="00994DA9"/>
     <w:rsid w:val="00996D34"/>
     <w:rsid w:val="009A07BD"/>
     <w:rsid w:val="009B152B"/>
     <w:rsid w:val="009B7A5C"/>
     <w:rsid w:val="009C0C1F"/>
     <w:rsid w:val="009D00B1"/>
     <w:rsid w:val="009D0371"/>
     <w:rsid w:val="009D782D"/>
     <w:rsid w:val="009F57CC"/>
     <w:rsid w:val="00A0039E"/>
+    <w:rsid w:val="00A01789"/>
     <w:rsid w:val="00A12C97"/>
     <w:rsid w:val="00A203EF"/>
     <w:rsid w:val="00A30F53"/>
     <w:rsid w:val="00A3692E"/>
     <w:rsid w:val="00A523AB"/>
     <w:rsid w:val="00A6208E"/>
     <w:rsid w:val="00A70A1F"/>
     <w:rsid w:val="00A757B2"/>
     <w:rsid w:val="00A8004F"/>
     <w:rsid w:val="00A86B0A"/>
     <w:rsid w:val="00A90DE0"/>
     <w:rsid w:val="00AA0588"/>
     <w:rsid w:val="00AA12B2"/>
     <w:rsid w:val="00AA7EDA"/>
     <w:rsid w:val="00AB12CA"/>
     <w:rsid w:val="00AB4B4C"/>
     <w:rsid w:val="00AD418C"/>
     <w:rsid w:val="00AE2E8F"/>
     <w:rsid w:val="00AE5604"/>
     <w:rsid w:val="00AE5904"/>
     <w:rsid w:val="00AE5E24"/>
     <w:rsid w:val="00AF07CA"/>
     <w:rsid w:val="00B0540C"/>
     <w:rsid w:val="00B05518"/>
     <w:rsid w:val="00B06787"/>
@@ -20688,51 +8694,50 @@
     <w:link w:val="90"/>
     <w:hidden/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C065D1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a2">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a3">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a4">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="numbering" w:styleId="111111">
     <w:name w:val="Outline List 2"/>
@@ -23336,201 +11341,201 @@
     <w:div w:id="1457524153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cims.fti.dp.ua/j/article-types" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cims.fti.dp.ua/j/article-types" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udcsummary.info/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/baMl-M9eDpk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000168-000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/ppm0000185" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cims.fti.dp.ua/j/user/setLocale/uk?source=%2Fj%2Freferences" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/baMl-M9eDpk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000168-000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/ppm0000185" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cims.fti.dp.ua/j" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F9065EAA80984535B858F09B72090795"/>
         <w:category>
           <w:name w:val="Загальні"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{425C0147-6D77-4F15-9618-A1A64D9CF662}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00D529E0" w:rsidP="00D529E0">
+        <w:p w:rsidR="005D2F56" w:rsidRDefault="00D529E0" w:rsidP="00D529E0">
           <w:pPr>
             <w:pStyle w:val="F9065EAA80984535B858F09B72090795"/>
           </w:pPr>
           <w:r w:rsidRPr="005A55CA">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>[Категорія]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BDA0608A26D54ED8AEDC9F79768B4842"/>
         <w:category>
           <w:name w:val="Загальні"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1D791964-2FAE-4749-A054-A8B041EC1060}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00D529E0">
+        <w:p w:rsidR="005D2F56" w:rsidRDefault="00D529E0">
           <w:r w:rsidRPr="005A55CA">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>[Категорія]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2A4A1B15CA5043DF9389A2800A56B79E"/>
         <w:category>
           <w:name w:val="Загальні"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8DCE77D9-4A85-41D0-B147-C991D315DBA7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00D529E0">
+        <w:p w:rsidR="005D2F56" w:rsidRDefault="00D529E0">
           <w:r w:rsidRPr="005A55CA">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>[Категорія]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -23566,51 +11571,54 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D529E0"/>
     <w:rsid w:val="000F7B61"/>
+    <w:rsid w:val="005D2F56"/>
     <w:rsid w:val="00690AA1"/>
+    <w:rsid w:val="00A01789"/>
+    <w:rsid w:val="00C77F94"/>
     <w:rsid w:val="00D529E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -24341,73 +12349,73 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8588</Characters>
+  <Pages>1</Pages>
+  <Words>3871</Words>
+  <Characters>20906</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>497</Lines>
+  <Paragraphs>250</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23606</CharactersWithSpaces>
+  <CharactersWithSpaces>24527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>YYY</cp:category>
 </cp:coreProperties>
 </file>