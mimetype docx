--- v0 (2025-10-21)
+++ v1 (2026-03-16)
@@ -35,77 +35,72 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="70B5BD30" w14:textId="664441C6" w:rsidR="0088218B" w:rsidRPr="004560DC" w:rsidRDefault="00DC0741" w:rsidP="00FD7ED7">
       <w:pPr>
         <w:pStyle w:val="CIMS-UDC"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc164160552"/>
       <w:bookmarkStart w:id="2" w:name="_Toc134391271"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0088218B" w:rsidRPr="00375C1F">
         <w:t>UDC</w:t>
       </w:r>
       <w:r w:rsidR="0088218B" w:rsidRPr="004560DC">
         <w:t xml:space="preserve"> XXX.XX</w:t>
       </w:r>
       <w:commentRangeEnd w:id="3"/>
-      <w:r w:rsidR="007853C4">
+      <w:r w:rsidR="007853C4" w:rsidRPr="004560DC">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="3"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F58687D" w14:textId="14A5FA52" w:rsidR="00B133EA" w:rsidRPr="001B3767" w:rsidRDefault="00996D34" w:rsidP="001B3767">
       <w:pPr>
         <w:pStyle w:val="CIMS-Header"/>
       </w:pPr>
       <w:commentRangeStart w:id="4"/>
       <w:r w:rsidRPr="001B3767">
         <w:t>Article</w:t>
       </w:r>
       <w:commentRangeEnd w:id="4"/>
-      <w:r w:rsidR="007853C4">
+      <w:r w:rsidR="007853C4" w:rsidRPr="001B3767">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="001B3767">
         <w:t xml:space="preserve"> title in main text language starting with capital letter six to twelve words long</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127DB26C" w14:textId="73D32CA3" w:rsidR="00234521" w:rsidRPr="001B3767" w:rsidRDefault="00B133EA" w:rsidP="00DC0741">
       <w:pPr>
         <w:pStyle w:val="CIMS-Contributors"/>
       </w:pPr>
       <w:commentRangeStart w:id="5"/>
       <w:r w:rsidRPr="001B3767">
         <w:t xml:space="preserve">John </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC0741">
         <w:t>Smith</w:t>
       </w:r>
       <w:r w:rsidR="00234521" w:rsidRPr="001B3767">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00234521" w:rsidRPr="001B3767">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -243,57 +238,55 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="129600" cy="127000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:commentRangeEnd w:id="5"/>
-      <w:r w:rsidR="007853C4">
+      <w:r w:rsidR="007853C4" w:rsidRPr="001B3767">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:commentReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F566DDA" w14:textId="1838CCBA" w:rsidR="00365432" w:rsidRPr="005F25BF" w:rsidRDefault="00365432" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-AbstractEnglish"/>
       </w:pPr>
       <w:commentRangeStart w:id="6"/>
       <w:r w:rsidRPr="005F25BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
       <w:r w:rsidRPr="005F25BF">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005F25BF" w:rsidRPr="005F25BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F25BF">
         <w:t>Text of abstract. Text of abstract.</w:t>
       </w:r>
@@ -983,55 +976,55 @@
       </w:r>
       <w:r w:rsidR="005F25BF">
         <w:t xml:space="preserve">Text of abstract. Text of abstract. </w:t>
       </w:r>
       <w:r w:rsidR="00F340F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
       <w:r w:rsidRPr="005F25BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Type</w:t>
       </w:r>
       <w:r w:rsidRPr="005F25BF">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005F25BF">
         <w:t xml:space="preserve"> Text of abstract.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="6"/>
-      <w:r w:rsidR="0079398A">
+      <w:r w:rsidR="0079398A" w:rsidRPr="005F25BF">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C7595C6" w14:textId="77777777" w:rsidR="00907C19" w:rsidRPr="00907C19" w:rsidRDefault="00907C19" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-KeywordsHeaderEnglish"/>
       </w:pPr>
       <w:r w:rsidRPr="00157833">
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="00907C19">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B5E771" w14:textId="5ED55647" w:rsidR="00365432" w:rsidRDefault="00907C19" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-KeywordsEnglish"/>
       </w:pPr>
       <w:commentRangeStart w:id="7"/>
       <w:r>
         <w:t>keyword or key phrase, keyword or key phrase,</w:t>
       </w:r>
       <w:r w:rsidRPr="00907C19">
         <w:t xml:space="preserve"> </w:t>
@@ -1045,52 +1038,52 @@
       <w:r w:rsidRPr="00157833">
         <w:t>keyword</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or key phrase,</w:t>
       </w:r>
       <w:r w:rsidRPr="00907C19">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>keyword or key phrase,</w:t>
       </w:r>
       <w:r w:rsidRPr="00907C19">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">keyword or key </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB7791">
         <w:t>phrase</w:t>
       </w:r>
       <w:commentRangeEnd w:id="7"/>
       <w:r w:rsidR="0079398A">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE97EF2" w14:textId="4043DFC1" w:rsidR="004560DC" w:rsidRDefault="00DC0741" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-AbstractUkrainian"/>
       </w:pPr>
       <w:commentRangeStart w:id="8"/>
       <w:r w:rsidRPr="00BB7791">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Мета</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC0741">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00375C1F">
         <w:t xml:space="preserve">Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. Текст анотації. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB7791">
         <w:rPr>
           <w:b/>
@@ -1216,54 +1209,55 @@
       </w:pPr>
       <w:r w:rsidRPr="00375C1F">
         <w:t xml:space="preserve">Ключові </w:t>
       </w:r>
       <w:r w:rsidRPr="00157833">
         <w:t>слова</w:t>
       </w:r>
       <w:r w:rsidR="00DC0741" w:rsidRPr="00375C1F">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FAD8468" w14:textId="3A29624C" w:rsidR="00DC0741" w:rsidRPr="00DB5DF0" w:rsidRDefault="00DB5DF0" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-KeywordsUkrainian"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB5DF0">
         <w:t xml:space="preserve">ключове слово чи фраза, ключове </w:t>
       </w:r>
       <w:r w:rsidRPr="00157833">
         <w:t>слово</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB5DF0">
         <w:t xml:space="preserve"> чи фраза, ключове слово чи фраза, ключове слово чи фраза, ключове слово чи фраза, ключове слово чи фраза</w:t>
       </w:r>
       <w:commentRangeEnd w:id="8"/>
-      <w:r w:rsidR="0079398A">
+      <w:r w:rsidR="0079398A" w:rsidRPr="00DB5DF0">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75F1A7E9" w14:textId="77777777" w:rsidR="00907C19" w:rsidRPr="00907C19" w:rsidRDefault="00907C19" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsHeaderEnglish"/>
       </w:pPr>
       <w:r w:rsidRPr="00A90DE0">
         <w:t>Contributor</w:t>
       </w:r>
       <w:r w:rsidRPr="00907C19">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00157833">
         <w:t>Details</w:t>
       </w:r>
       <w:r w:rsidRPr="00907C19">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE90991" w14:textId="4F03267E" w:rsidR="00B25204" w:rsidRDefault="00B25204" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
       </w:pPr>
@@ -1335,123 +1329,127 @@
       <w:r w:rsidR="003C52D6" w:rsidRPr="003C52D6">
         <w:t xml:space="preserve">Ph.D., </w:t>
       </w:r>
       <w:r w:rsidR="009A07BD" w:rsidRPr="009A07BD">
         <w:t>Sr.</w:t>
       </w:r>
       <w:r w:rsidR="00F340F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A07BD" w:rsidRPr="009A07BD">
         <w:t>Lect.</w:t>
       </w:r>
       <w:r w:rsidR="003C52D6" w:rsidRPr="003C52D6">
         <w:t>, Global Academy of Sciences: Sydney, AU</w:t>
       </w:r>
       <w:r w:rsidR="003C52D6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003E7AC4" w:rsidRPr="00182DD0">
         <w:t>john.doe@domain.uk</w:t>
       </w:r>
       <w:commentRangeEnd w:id="9"/>
       <w:r w:rsidR="001379C1">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:color w:val="033E25"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BCB2A09" w14:textId="77777777" w:rsidR="00182DD0" w:rsidRDefault="001379C1" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
         <w:rPr>
           <w:rStyle w:val="a7"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="10"/>
       <w:commentRangeEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:color w:val="033E25"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="10"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A3B150" w14:textId="77777777" w:rsidR="003E7AC4" w:rsidRDefault="003E7AC4" w:rsidP="00157833">
       <w:pPr>
         <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F4B33E0" w14:textId="77777777" w:rsidR="00157833" w:rsidRDefault="00157833" w:rsidP="00AF07CA">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00157833" w:rsidSect="001348F1">
           <w:headerReference w:type="even" r:id="rId13"/>
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CE62D5A" w14:textId="77777777" w:rsidR="00880825" w:rsidRDefault="00177E51" w:rsidP="001B7446">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="11"/>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>The text of the introduction section.</w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="11"/>
-      <w:r w:rsidR="001379C1">
+      <w:r w:rsidR="001379C1" w:rsidRPr="00177E51">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="11"/>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The text of the introduction section.</w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The text of the introduction section.</w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -1687,55 +1685,52 @@
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The text of the introduction section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FB99C07" w14:textId="77777777" w:rsidR="00177E51" w:rsidRDefault="00177E51" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
       <w:commentRangeStart w:id="12"/>
       <w:r w:rsidRPr="00177E51">
         <w:t xml:space="preserve">This is an </w:t>
       </w:r>
       <w:r w:rsidRPr="00576085">
         <w:t>example</w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:t xml:space="preserve"> of a 2nd level header containing the article section</w:t>
       </w:r>
       <w:commentRangeEnd w:id="12"/>
       <w:r w:rsidR="001379C1">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="12"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="287299BC" w14:textId="3DE17AA5" w:rsidR="00880825" w:rsidRPr="00177E51" w:rsidRDefault="00177E51" w:rsidP="00880825">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="13"/>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00880825">
@@ -2275,54 +2270,56 @@
       <w:r w:rsidR="00880825">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00880825" w:rsidRPr="00880825">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00880825" w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r w:rsidR="00880825">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="13"/>
-      <w:r w:rsidR="001379C1">
+      <w:r w:rsidR="001379C1" w:rsidRPr="00177E51">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="125C6FF2" w14:textId="0B634FA0" w:rsidR="00880825" w:rsidRDefault="00880825" w:rsidP="00880825">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
@@ -3033,547 +3030,235 @@
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3D7C9D" w14:textId="6A3F0E15" w:rsidR="00B8223E" w:rsidRPr="001417E4" w:rsidRDefault="00576085" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCodeHeader"/>
       </w:pPr>
       <w:commentRangeStart w:id="14"/>
       <w:r w:rsidRPr="00576085">
         <w:t>Listing 1 – Program Code for Solving Quadratic Equation</w:t>
       </w:r>
       <w:commentRangeEnd w:id="14"/>
       <w:r w:rsidR="00EA2A45">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="14"/>
       </w:r>
       <w:r w:rsidR="00F224C4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F224C4" w:rsidRPr="00F224C4">
         <w:t>(Source)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C9AD6C" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:commentRangeStart w:id="15"/>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">program </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>program QuadraticEquation;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2E0EDF4D" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">var </w:t>
-[...25 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>var a,b,c,discriminant,x1,x2:real;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B99695D" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
         <w:t>begin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="176BC6D7" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">  </w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">  write('Enter coefficient a: '); readln(a);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1CB7E679" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">  </w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">  write('Enter coefficient b: '); readln(b);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5611648E" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">  </w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">  write('Enter coefficient c: '); readln(c);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="744B890E" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">  </w:t>
-[...18 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">  discriminant:=sqr(b)-4*a*c;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="10D5C664" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
         <w:t xml:space="preserve">  if discriminant&gt;0 then</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742897CF" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
         <w:t xml:space="preserve">  begin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5454C3DA" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">    </w:t>
-[...29 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">    x1:=(-b+sqrt(discriminant))/2/a;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="52EA7283" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">    </w:t>
-[...29 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">    x2:=(-b-sqrt(discriminant))/2/a;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0737F026" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">    </w:t>
-[...63 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">    writeln('Two solutions: x1 = ',x1:0:2,', x2 = ',x2:0:2);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="08048C25" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
         <w:t xml:space="preserve">  end</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31810C9B" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
         <w:t xml:space="preserve">  else if discriminant=0 then</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ECD73BF" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
         <w:t xml:space="preserve">  begin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ADE2D44" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">    </w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">    x1:=-b/2/a;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="687B8376" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">    </w:t>
-[...31 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">    writeln('One solution: x = ',x1:0:2);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="656F2626" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
         <w:t xml:space="preserve">  end</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7417694D" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
         <w:t xml:space="preserve">  else</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="412FA596" w14:textId="77777777" w:rsidR="0057226A" w:rsidRPr="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
-        <w:t xml:space="preserve">    </w:t>
-[...18 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">    writeln('No real solutions.');</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="042D5C6C" w14:textId="5BF033A6" w:rsidR="0057226A" w:rsidRDefault="0057226A" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
       <w:r w:rsidRPr="0057226A">
         <w:t>end.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="15"/>
       <w:r w:rsidR="00EA2A45">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
         <w:commentReference w:id="15"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C84AD25" w14:textId="77777777" w:rsidR="00576085" w:rsidRPr="0057226A" w:rsidRDefault="00576085" w:rsidP="0057226A">
       <w:pPr>
         <w:pStyle w:val="CIMS-ProgramCode"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37781DB8" w14:textId="77777777" w:rsidR="00BB5618" w:rsidRPr="00177E51" w:rsidRDefault="00BB5618" w:rsidP="00BB5618">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -4320,57 +4005,54 @@
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r w:rsidR="00F340F2">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="635CE248" w14:textId="5BA6A7B5" w:rsidR="00880825" w:rsidRPr="001417E4" w:rsidRDefault="009A07BD" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-TableTitle"/>
       </w:pPr>
       <w:commentRangeStart w:id="16"/>
       <w:r w:rsidRPr="009A07BD">
         <w:t xml:space="preserve">Table 1 – An </w:t>
       </w:r>
       <w:r w:rsidRPr="00576085">
         <w:t>Example</w:t>
       </w:r>
       <w:r w:rsidRPr="009A07BD">
         <w:t xml:space="preserve"> of a Table Title (Source)</w:t>
       </w:r>
       <w:commentRangeEnd w:id="16"/>
-      <w:r w:rsidR="001379C1">
+      <w:r w:rsidR="001379C1" w:rsidRPr="001417E4">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="16"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="CIMS-Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2288"/>
         <w:gridCol w:w="915"/>
         <w:gridCol w:w="1503"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F21B14" w:rsidRPr="00165BE2" w14:paraId="297330A0" w14:textId="77777777" w:rsidTr="00F21B14">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2431" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D61C0B0" w14:textId="6A156B59" w:rsidR="00AF07CA" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00165BE2">
@@ -4569,75 +4251,76 @@
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="31EA8DF5" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00500214">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00165BE2">
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1598" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0E54C7F9" w14:textId="77777777" w:rsidR="00880825" w:rsidRPr="00165BE2" w:rsidRDefault="00880825" w:rsidP="00500214">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00165BE2">
               <w:t>Unknown</w:t>
             </w:r>
             <w:commentRangeEnd w:id="17"/>
-            <w:r w:rsidR="001379C1">
+            <w:r w:rsidR="001379C1" w:rsidRPr="00165BE2">
               <w:rPr>
                 <w:rStyle w:val="ac"/>
-                <w:spacing w:val="0"/>
-                <w:lang w:val="uk-UA"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:commentReference w:id="17"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FAD08B6" w14:textId="2B4EBC3F" w:rsidR="00880825" w:rsidRPr="00177E51" w:rsidRDefault="001379C1" w:rsidP="00880825">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="18"/>
       <w:commentRangeEnd w:id="18"/>
-      <w:r>
+      <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="18"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB732C0" w14:textId="77777777" w:rsidR="00880825" w:rsidRDefault="00880825" w:rsidP="00880825">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
@@ -5213,55 +4896,55 @@
                 <m:r>
                   <m:rPr>
                     <m:sty m:val="p"/>
                   </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>-</m:t>
                 </m:r>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>k</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
           </m:e>
         </m:nary>
       </m:oMath>
       <w:r w:rsidRPr="00110C60">
         <w:tab/>
         <w:t>(1)</w:t>
       </w:r>
       <w:commentRangeEnd w:id="19"/>
-      <w:r w:rsidR="001379C1">
+      <w:r w:rsidR="001379C1" w:rsidRPr="00907E94">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:iCs w:val="0"/>
-          <w:spacing w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="19"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B2375C" w14:textId="77777777" w:rsidR="009A07BD" w:rsidRDefault="009A07BD" w:rsidP="009A07BD">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
@@ -5590,57 +5273,52 @@
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10F8E33B" w14:textId="4EA38BA3" w:rsidR="00177E51" w:rsidRDefault="00177E51" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel3"/>
       </w:pPr>
       <w:commentRangeStart w:id="20"/>
       <w:r w:rsidRPr="00177E51">
         <w:t>This is an example of a 3rd level header containing the article subsection</w:t>
       </w:r>
       <w:commentRangeEnd w:id="20"/>
       <w:r w:rsidR="001379C1">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="20"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="791BCC9C" w14:textId="7EE89C87" w:rsidR="00880825" w:rsidRDefault="00880825" w:rsidP="001B7446">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Text of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sub</w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
@@ -5945,89 +5623,87 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1087352" cy="656230"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:commentRangeEnd w:id="21"/>
-      <w:r w:rsidR="001379C1">
+      <w:r w:rsidR="001379C1" w:rsidRPr="001417E4">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:commentReference w:id="21"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="737338DD" w14:textId="0616EB36" w:rsidR="00801A76" w:rsidRPr="001417E4" w:rsidRDefault="00801A76" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-FigureTitle"/>
       </w:pPr>
       <w:commentRangeStart w:id="22"/>
       <w:r w:rsidRPr="001417E4">
         <w:t xml:space="preserve">Figure 1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00801A76">
         <w:t xml:space="preserve">An </w:t>
       </w:r>
       <w:r w:rsidRPr="00576085">
         <w:t>Example</w:t>
       </w:r>
       <w:r w:rsidRPr="00801A76">
         <w:t xml:space="preserve"> of a </w:t>
       </w:r>
       <w:r>
         <w:t>Figure</w:t>
       </w:r>
       <w:r w:rsidRPr="00801A76">
         <w:t xml:space="preserve"> Title (Source)</w:t>
       </w:r>
       <w:commentRangeEnd w:id="22"/>
-      <w:r w:rsidR="001379C1">
+      <w:r w:rsidR="001379C1" w:rsidRPr="001417E4">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="22"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7F8DAB" w14:textId="54E7AF5B" w:rsidR="00880825" w:rsidRDefault="00880825" w:rsidP="001B7446">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Text of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sub</w:t>
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>section</w:t>
@@ -7461,51 +7137,52 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A0039E">
         <w:t>1,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD941DB" w14:textId="77777777" w:rsidR="00D363D7" w:rsidRPr="00A0039E" w:rsidRDefault="00D363D7" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListNumberedList"/>
       </w:pPr>
       <w:r w:rsidRPr="00A0039E">
         <w:t>Item 2,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620F032A" w14:textId="1BC03AEA" w:rsidR="00D363D7" w:rsidRDefault="00D363D7" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListNumberedList"/>
       </w:pPr>
       <w:r w:rsidRPr="00A0039E">
         <w:t>Item 3.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="23"/>
       <w:r w:rsidR="001379C1">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="23"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E72EC9" w14:textId="6B32BFD6" w:rsidR="000E1365" w:rsidRDefault="000E1365" w:rsidP="000E1365">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00880825">
         <w:rPr>
@@ -7792,106 +7469,99 @@
       </w:r>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D363D7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D363D7" w:rsidRPr="001417E4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Example of </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D363D7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>bulleted</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> list:</w:t>
+        <w:t>bulleted list:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A70F265" w14:textId="77777777" w:rsidR="00D363D7" w:rsidRPr="00A0039E" w:rsidRDefault="00D363D7" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:commentRangeStart w:id="24"/>
       <w:r w:rsidRPr="00A0039E">
         <w:t>Item</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A0039E">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0FF49E" w14:textId="77777777" w:rsidR="00D363D7" w:rsidRPr="00A0039E" w:rsidRDefault="00D363D7" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r w:rsidRPr="00A0039E">
         <w:t>Item 2</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E749B26" w14:textId="112828C5" w:rsidR="00D363D7" w:rsidRDefault="00D363D7" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r w:rsidRPr="00A0039E">
         <w:t>Item 3.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="24"/>
       <w:r w:rsidR="001379C1">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="24"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FC2CF63" w14:textId="34126918" w:rsidR="000E1365" w:rsidRDefault="000E1365" w:rsidP="000E1365">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177E51">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text of the section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00880825">
         <w:rPr>
@@ -8142,55 +7812,52 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00880825">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65EFBB8D" w14:textId="46FAB18E" w:rsidR="00880825" w:rsidRDefault="009248DE" w:rsidP="00576085">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
       <w:commentRangeStart w:id="25"/>
       <w:r>
         <w:t>References</w:t>
       </w:r>
       <w:commentRangeEnd w:id="25"/>
       <w:r w:rsidR="00EA2A45">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="25"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FCC58A4" w14:textId="1DAD96DB" w:rsidR="00880825" w:rsidRDefault="004879CF" w:rsidP="009B152B">
       <w:pPr>
         <w:pStyle w:val="CIMS-References"/>
       </w:pPr>
       <w:commentRangeStart w:id="26"/>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">American Psychological </w:t>
       </w:r>
       <w:r w:rsidRPr="009B152B">
         <w:t>Association</w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Publication Manual of the American Psychological Association, Seventh Edition</w:t>
       </w:r>
@@ -8239,52 +7906,51 @@
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">American Psychological Association. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Publication Manual of the American Psychological Association, Seventh Edition</w:t>
       </w:r>
       <w:r w:rsidRPr="004879CF">
         <w:t xml:space="preserve">. Author. </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="004879CF">
           <w:rPr>
             <w:rStyle w:val="a7"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/products/publication-manual-7th-edition</w:t>
         </w:r>
       </w:hyperlink>
       <w:commentRangeEnd w:id="26"/>
       <w:r w:rsidR="00EA2A45">
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="uk-UA"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:commentReference w:id="26"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="634B3B89" w14:textId="03C52DB8" w:rsidR="004979C4" w:rsidRDefault="00943A5A" w:rsidP="004979C4">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
       </w:pPr>
       <w:r w:rsidRPr="00003769">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The minimum length of the manuscript is </w:t>
       </w:r>
       <w:r w:rsidRPr="00003769">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5 full pages</w:t>
@@ -8398,65 +8064,51 @@
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD418C">
         <w:t>“Keep Text Only” preferred,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B7CA550" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00AD418C" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD418C">
         <w:t>“Merge Formatting” to preserve embedded objects.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47DEB086" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00F30DFC" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Immediately, after </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the text of your paper, press the following key combinations sequentially:</w:t>
+        <w:t>Immediately, after pasting the text of your paper, press the following key combinations sequentially:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> select the text fragment or press</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ctrl + A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -8466,62 +8118,52 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, then </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ctrl + Space</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, and finally </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ctrl + Shift + </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Ctrl + Shift + F9</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. These Microsoft Word keyboard shortcuts remove any manual formatting and all external and internal hyperlinks from the pasted text.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4526E2F1" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00F30DFC" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Now your text is ready for formatting which is done using a styles table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FDCFE5B" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00F30DFC" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
@@ -8585,73 +8227,63 @@
       <w:r>
         <w:t>size</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:t xml:space="preserve"> manually,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20B90DC4" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00F30DFC" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r w:rsidRPr="00F30DFC">
         <w:t>you cannot manually change font sizes, paragraph</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:t>parameters, indents, line spacing, and anything else related to text formatting,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7651DC16" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00786F87">
-        <w:t>empty</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> lines are not allowed, except after tables</w:t>
+        <w:t>empty lines are not allowed, except after tables</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D752790" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> manuscript preparation, it is strictly prohibited to disable spell check and grammar check features, as well as automatic word hyphenation.</w:t>
+      <w:r>
+        <w:t>during manuscript preparation, it is strictly prohibited to disable spell check and grammar check features, as well as automatic word hyphenation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527B849F" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r>
         <w:t>word hyphenation in the “References” section is not allowed under any circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D9F4098" w14:textId="77777777" w:rsidR="00106A33" w:rsidRDefault="00106A33" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="357"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46184183" w14:textId="77777777" w:rsidR="00411CB6" w:rsidRDefault="00411CB6" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8750,79 +8382,51 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2F7B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Never use a publication template sent to you by a colleague! Do not use your colleagues' formatted publications as examples for formatting!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B2017B6" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="004F2F7B" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2F7B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Our practical experience shows that formatting your manuscript with an inadvertently distorted template, reproduced by previous authors, leads to repeated errors </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> your manuscript.</w:t>
+        <w:t>Our practical experience shows that formatting your manuscript with an inadvertently distorted template, reproduced by previous authors, leads to repeated errors over and over again. This causes a significant burden on the editors and unnecessary rework for the authors. Therefore, always download the original template file from our website for formatting your manuscript.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="193A99AE" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00F30DFC" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F30DFC">
         <w:t>How to Apply Styles?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="782665B9" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C542B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Every paragraph or structural element of your manuscript must be assigned a style</w:t>
       </w:r>
@@ -8929,111 +8533,69 @@
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://youtu.be/baMl-M9eDpk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74196F47" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The styles allowed for formatting your paper </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>The styles allowed for formatting your paper is provided in the table (see Table</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>is</w:t>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">1 and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Figure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30DFC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1). Format the structural elements of the text according to these styles and as shown in the tutorial video.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ECEE76A" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="000D41A5" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-TableTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="000D41A5">
@@ -9128,75 +8690,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4747B1AD" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00911520" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
             <w:r w:rsidRPr="00911520">
               <w:t>CIMS - Contributor Details (English)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="24781125" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-ContributorDetailsEnglish"/>
             </w:pPr>
             <w:r>
               <w:t>Name Surname</w:t>
             </w:r>
             <w:r w:rsidRPr="00911520">
-              <w:t xml:space="preserve">, </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> Dnipro National University: Dnipro, UA, </w:t>
+              <w:t xml:space="preserve">, Cand.Sc., Assoc.Prof., Oles Honchar Dnipro National University: Dnipro, UA, </w:t>
             </w:r>
             <w:r>
               <w:t>name</w:t>
             </w:r>
             <w:r w:rsidRPr="00911520">
               <w:t>@</w:t>
             </w:r>
             <w:r>
               <w:t>domain.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="176FC517" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1D0D5A14" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00911520" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
             <w:r w:rsidRPr="00911520">
               <w:t>CIMS - Contributor Details Header (English)</w:t>
             </w:r>
@@ -9570,454 +9108,230 @@
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="09EA6977" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-FigureTitle"/>
             </w:pPr>
             <w:r w:rsidRPr="00421A3F">
               <w:t>Figure 1 – Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="3A540913" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2B883B5E" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="006470BB" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006470BB">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - Header</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="245A6150" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="006470BB" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-Header"/>
             </w:pPr>
             <w:r>
               <w:t>Paper title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="482E61E0" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="44ECF947" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="006470BB" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A0039E">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> 2)</w:t>
+              <w:t>CIMS - Header (Level 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5223F301" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-HeaderLevel2"/>
             </w:pPr>
             <w:r>
               <w:t>Paper Section</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="1CB0C7CE" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="366DB986" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="006470BB" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A0039E">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> 3)</w:t>
+              <w:t>CIMS - Header (Level 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2A7319C8" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-HeaderLevel3"/>
             </w:pPr>
             <w:r>
               <w:t>Paper Subsection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="6911734F" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="44EDDB83" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A0039E">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...34 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - Keywords (English)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="740B1AD6" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-KeywordsEnglish"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Keyword, Key Phrase, Keyword, Key Phrase, </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Keyword, Key Phrase</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="3D28BC34" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5D81895F" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A0039E">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>CIMS</w:t>
-[...48 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - Keywords Header (English)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4D7FDC06" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-KeywordsHeaderEnglish"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA12B2">
               <w:t>Keywords:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="2105556D" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5EC8F18D" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A0039E">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...48 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - List (Bulleted List)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5DE7A62E" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListBulletedList"/>
             </w:pPr>
             <w:r w:rsidRPr="00411CB6">
               <w:t>Item</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A0039E">
               <w:t>1,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ADF2B7F" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListBulletedList"/>
             </w:pPr>
@@ -10025,105 +9339,55 @@
               <w:t>Item 2,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E94797B" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListBulletedList"/>
             </w:pPr>
             <w:r w:rsidRPr="00A0039E">
               <w:t>Item 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="64275FF3" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="64AB063F" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A0039E">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
-[...48 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>CIMS - List (Numbered List)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="101B7BF3" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListNumberedList"/>
             </w:pPr>
             <w:r w:rsidRPr="00A0039E">
               <w:t>Item</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A0039E">
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="096EE3AF" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
@@ -10137,95 +9401,71 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E217235" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00AA12B2" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
             <w:pPr>
               <w:pStyle w:val="CIMS-ListNumberedList"/>
             </w:pPr>
             <w:r w:rsidRPr="00A0039E">
               <w:t>Item 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="1BFDA2F2" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5598E17D" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A0039E">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>CIMS</w:t>
+              <w:t>CIMS - References</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="650F6E0C" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00A0039E" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-References"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Ensink</w:t>
-[...6 lines deleted...]
-              <w:t>, K., Borelli, J. L., Normandin, L., Target, M., &amp; Fonagy, P. (2020). Childhood sexual abuse and attachment insecurity: Associations with child psychological difficulties. </w:t>
+              <w:t>Ensink, K., Borelli, J. L., Normandin, L., Target, M., &amp; Fonagy, P. (2020). Childhood sexual abuse and attachment insecurity: Associations with child psychological difficulties. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>American Journal of Orthopsychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10335,217 +9575,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3B4B" w:rsidRPr="00421A3F" w14:paraId="67093A2B" w14:textId="77777777" w:rsidTr="00EA2A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1855" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5951BC3B" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00F94354" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-TablesCells"/>
             </w:pPr>
             <w:r w:rsidRPr="00F94354">
               <w:t>CIMS - Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2FAEFC13" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="00BF3DC8">
             <w:pPr>
               <w:pStyle w:val="CIMS-Text"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Text</w:t>
-[...163 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Text text text text text text text text text text text text text text text text text text text text text.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68097895" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-TablesCells"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E63DAB9" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001417E4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Place the cursor within the paragraph and simply select the desired style from this table. The paragraph will be automatically formatted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67CAC8F1" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
@@ -10606,51 +9681,82 @@
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="698BA84E" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-FigureTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="001417E4">
         <w:t xml:space="preserve">Figure 1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00377BEF">
         <w:t>How</w:t>
       </w:r>
       <w:r w:rsidRPr="001417E4">
         <w:t xml:space="preserve"> to Open Styles Table</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC4A19D" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="001417E4">
         <w:t>About Paper Sections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B78BF60" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
+    <w:p w14:paraId="19606BE1" w14:textId="2BBD8704" w:rsidR="00CA4591" w:rsidRDefault="00CA4591" w:rsidP="008C3B4B">
+      <w:pPr>
+        <w:pStyle w:val="CIMS-Text"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4591">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Authors are encouraged to follow the widely adopted </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC39EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IMRaD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4591">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Introduction, Methods, Results, and Discussion) structure, as it is fully compatible with the sectioning framework described below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B78BF60" w14:textId="1FAF0BB2" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E56AC3">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The text of your manuscript must be divided into separate sections with headings. "References" is a mandatory section. Regardless of the method of structuring the publication you choose; it is recommended to present the information in the following logical structure:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1252C0B0" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t>Introduction</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
@@ -10664,51 +9770,51 @@
           <w:bCs/>
         </w:rPr>
         <w:t>No header</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t xml:space="preserve"> needed for this section)</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB6C854" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00325D20" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE0625">
         <w:t>Theoretical Background</w:t>
       </w:r>
       <w:r>
         <w:t>”,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2FEE51" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00325D20" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
+    <w:p w14:paraId="7E2FEE51" w14:textId="052FB8F2" w:rsidR="008C3B4B" w:rsidRPr="00325D20" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t>Objectives and Tasks</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t xml:space="preserve"> (or </w:t>
       </w:r>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t>Purpose</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r>
@@ -10771,189 +9877,212 @@
       <w:r w:rsidRPr="00DE0625">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE0625">
         <w:t>Problem Statement</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C433F4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>is a required section</w:t>
       </w:r>
+      <w:r w:rsidR="009C495D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or subsection</w:t>
+      </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD69549" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="002932B4" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r w:rsidRPr="002932B4">
         <w:t>“Materials and Methods” (or “Methodology”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002932B4">
         <w:t xml:space="preserve"> or “Method”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002932B4">
         <w:t xml:space="preserve"> or “Data and Methods”) </w:t>
       </w:r>
       <w:r w:rsidRPr="002932B4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>is a required section</w:t>
       </w:r>
       <w:r w:rsidRPr="002932B4">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3629CEBD" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00325D20" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
+    <w:p w14:paraId="3629CEBD" w14:textId="785C5EDC" w:rsidR="008C3B4B" w:rsidRPr="00325D20" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t>Results</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t xml:space="preserve"> (or </w:t>
       </w:r>
       <w:r>
         <w:t>“</w:t>
       </w:r>
+      <w:r w:rsidR="009C495D" w:rsidRPr="00325D20">
+        <w:t xml:space="preserve">Results </w:t>
+      </w:r>
       <w:r w:rsidRPr="00325D20">
-        <w:t>Discussion and Results</w:t>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="009C495D" w:rsidRPr="009C495D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C495D" w:rsidRPr="00325D20">
+        <w:t>Discussion</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t xml:space="preserve">, or just </w:t>
       </w:r>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t>Discussion</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or as separate sections</w:t>
       </w:r>
       <w:r w:rsidRPr="00352158">
-        <w:t xml:space="preserve"> “Discussion</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00352158">
         <w:t>Results”</w:t>
       </w:r>
+      <w:r w:rsidR="009C495D" w:rsidRPr="009C495D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C495D" w:rsidRPr="00352158">
+        <w:t>and “Discussion</w:t>
+      </w:r>
+      <w:r w:rsidR="009C495D">
+        <w:t>”</w:t>
+      </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C433F4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>is a required section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or sections</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CECEB7E" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRPr="00325D20" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t>Conclusions</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C433F4">
+      <w:r w:rsidRPr="009C495D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>is a required section</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="281341E0" w14:textId="77777777" w:rsidR="008C3B4B" w:rsidRDefault="008C3B4B" w:rsidP="00411CB6">
       <w:pPr>
         <w:pStyle w:val="CIMS-ListBulletedList"/>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t>Future Work</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:t xml:space="preserve"> (or </w:t>
       </w:r>
       <w:r>
         <w:t>“</w:t>
       </w:r>
@@ -11302,62 +10431,59 @@
                 <m:r>
                   <m:rPr>
                     <m:sty m:val="p"/>
                   </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>-</m:t>
                 </m:r>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>k</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
           </m:e>
         </m:nary>
       </m:oMath>
       <w:r w:rsidRPr="00110C60">
         <w:tab/>
         <w:t>(1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B656305" w14:textId="3ECCE70A" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="004F2F7B" w:rsidP="008C3B4B">
+    <w:p w14:paraId="1B656305" w14:textId="58103DBF" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-HeaderLevel2"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C3B4B" w:rsidRPr="001417E4">
+      <w:r w:rsidRPr="001417E4">
         <w:t>About References Standard</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B946E0B" w14:textId="6C0A8E91" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
+    <w:p w14:paraId="1B946E0B" w14:textId="10A0920C" w:rsidR="008C3B4B" w:rsidRPr="001417E4" w:rsidRDefault="008C3B4B" w:rsidP="008C3B4B">
       <w:pPr>
         <w:pStyle w:val="CIMS-Text"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0557C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Format the bibliography exactly according to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00D0557C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>APA Style</w:t>
       </w:r>
       <w:r>
@@ -11395,69 +10521,112 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>process</w:t>
       </w:r>
       <w:r w:rsidRPr="001417E4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be significantly expedited and automated by using the </w:t>
       </w:r>
       <w:r w:rsidR="00775581" w:rsidRPr="004F2F7B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Google Scholar Search</w:t>
       </w:r>
       <w:r w:rsidR="00775581">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC39EC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC39EC" w:rsidRPr="00DC39EC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://scholar.google.com/</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC39EC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00775581">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
       <w:r w:rsidR="00775581" w:rsidRPr="004F2F7B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Crossref</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00775581" w:rsidRPr="004F2F7B">
+        <w:t>Crossref Search</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC39EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Search</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC39EC" w:rsidRPr="00DC39EC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00DC39EC" w:rsidRPr="00DC39EC">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://search.crossref.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DC39EC" w:rsidRPr="00DC39EC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="001417E4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. In the bibliography settings, select the </w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>APA 7</w:t>
       </w:r>
       <w:r w:rsidRPr="00325D20">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th</w:t>
@@ -13356,512 +12525,521 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>articles</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EA9BB7B" w14:textId="77777777" w:rsidR="0079398A" w:rsidRDefault="0079398A" w:rsidP="0079398A">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="004F778F">
           <w:rPr>
             <w:rStyle w:val="a7"/>
           </w:rPr>
           <w:t>https://cims.fti.dp.ua/j/article-types</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:comment>
   <w:comment w:id="7" w:author="User" w:date="2024-12-19T13:39:00Z" w:initials="U">
-    <w:p w14:paraId="1D992AF6" w14:textId="77777777" w:rsidR="0079398A" w:rsidRDefault="0079398A" w:rsidP="0079398A">
+    <w:p w14:paraId="1FDCCA5C" w14:textId="77777777" w:rsidR="00E00088" w:rsidRDefault="0079398A" w:rsidP="00E00088">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>key</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>phrases</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>provided</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:t xml:space="preserve"> English, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>separated</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>commas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lowercase</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>letters</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>except</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>proper</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nouns</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>without</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>period</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>end</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>use</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>unconventional</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>abbreviations</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>discouraged</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:t xml:space="preserve">. It </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>recommended</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:t xml:space="preserve"> 4-6 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>keywords</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>key</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>phrases</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>most</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>relevant</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E00088">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00088">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>submission</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E00088">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0696B3" w14:textId="77777777" w:rsidR="0079398A" w:rsidRDefault="0079398A" w:rsidP="0079398A">
+    <w:p w14:paraId="744BE0C5" w14:textId="77777777" w:rsidR="00E00088" w:rsidRDefault="00E00088" w:rsidP="00E00088">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>To enhance the article's discoverability (SEO), it is recommended to select keywords that do not duplicate the words already present in the title, focusing instead on broader field-specific terms or synonymous phrases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0696B3" w14:textId="77777777" w:rsidR="00E00088" w:rsidRDefault="00E00088" w:rsidP="00E00088">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Paragraph</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>style</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CIMS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (English)".</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="8" w:author="User" w:date="2024-12-19T13:42:00Z" w:initials="U">
-    <w:p w14:paraId="06909C05" w14:textId="77777777" w:rsidR="0079398A" w:rsidRDefault="0079398A" w:rsidP="0079398A">
+    <w:p w14:paraId="06909C05" w14:textId="3970B4CD" w:rsidR="0079398A" w:rsidRDefault="0079398A" w:rsidP="0079398A">
       <w:pPr>
         <w:pStyle w:val="af9"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>authors</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -22071,114 +21249,114 @@
   <w16cid:commentId w16cid:paraId="06909C05" w16cid:durableId="3B0F6EAC"/>
   <w16cid:commentId w16cid:paraId="2C6AEEAA" w16cid:durableId="10A9358B"/>
   <w16cid:commentId w16cid:paraId="44CCF77A" w16cid:durableId="0C7B017C"/>
   <w16cid:commentId w16cid:paraId="7FAA866E" w16cid:durableId="27823B29"/>
   <w16cid:commentId w16cid:paraId="21B9959F" w16cid:durableId="71AF695E"/>
   <w16cid:commentId w16cid:paraId="2BEFE651" w16cid:durableId="2FC62024"/>
   <w16cid:commentId w16cid:paraId="425936D1" w16cid:durableId="53C0EFF2"/>
   <w16cid:commentId w16cid:paraId="78751EB3" w16cid:durableId="5944390D"/>
   <w16cid:commentId w16cid:paraId="29B8087A" w16cid:durableId="71D87CED"/>
   <w16cid:commentId w16cid:paraId="787BF09F" w16cid:durableId="77FBF735"/>
   <w16cid:commentId w16cid:paraId="5FFFB0E1" w16cid:durableId="003BAFEE"/>
   <w16cid:commentId w16cid:paraId="28AD79C8" w16cid:durableId="3DFE95DA"/>
   <w16cid:commentId w16cid:paraId="284DD546" w16cid:durableId="2184B651"/>
   <w16cid:commentId w16cid:paraId="50268FF5" w16cid:durableId="6DE1AF36"/>
   <w16cid:commentId w16cid:paraId="0EB2758D" w16cid:durableId="2E8B7278"/>
   <w16cid:commentId w16cid:paraId="316BBB28" w16cid:durableId="2388FA6F"/>
   <w16cid:commentId w16cid:paraId="217F93FA" w16cid:durableId="03B3B090"/>
   <w16cid:commentId w16cid:paraId="5FBD431B" w16cid:durableId="36243FEC"/>
   <w16cid:commentId w16cid:paraId="1AB9F1DD" w16cid:durableId="54957F19"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FAFC3B3" w14:textId="77777777" w:rsidR="00895050" w:rsidRDefault="00895050" w:rsidP="00BC7229">
+    <w:p w14:paraId="13C5ECD3" w14:textId="77777777" w:rsidR="00A3681F" w:rsidRDefault="00A3681F" w:rsidP="00BC7229">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="539142B3" w14:textId="77777777" w:rsidR="00895050" w:rsidRDefault="00895050" w:rsidP="00BC7229">
+    <w:p w14:paraId="49782876" w14:textId="77777777" w:rsidR="00A3681F" w:rsidRDefault="00A3681F" w:rsidP="00BC7229">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -22198,276 +21376,306 @@
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="CIMS-Table"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3213"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3213"/>
+      <w:gridCol w:w="2469"/>
+      <w:gridCol w:w="2443"/>
+      <w:gridCol w:w="2470"/>
+      <w:gridCol w:w="2257"/>
     </w:tblGrid>
-    <w:tr w:rsidR="000463F7" w:rsidRPr="000463F7" w14:paraId="02DFB94B" w14:textId="77777777" w:rsidTr="00E635F8">
+    <w:tr w:rsidR="00BC4619" w:rsidRPr="003F3B5A" w14:paraId="782104A4" w14:textId="77777777" w:rsidTr="00B209CC">
       <w:trPr>
         <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3213" w:type="dxa"/>
+          <w:tcW w:w="2469" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="46AC8585" w14:textId="1D7FCD52" w:rsidR="000463F7" w:rsidRPr="00E635F8" w:rsidRDefault="000463F7" w:rsidP="00E635F8">
+        <w:p w14:paraId="57455BF2" w14:textId="77777777" w:rsidR="00BC4619" w:rsidRPr="003F3B5A" w:rsidRDefault="00BC4619" w:rsidP="00BC4619">
           <w:pPr>
             <w:pStyle w:val="CIMS-Dates"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E635F8">
+          <w:r w:rsidRPr="003F3B5A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Received: 2025-XX-XX</w:t>
+            <w:t>Received: 2026-XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3213" w:type="dxa"/>
+          <w:tcW w:w="2443" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="638B2C56" w14:textId="2B443B94" w:rsidR="000463F7" w:rsidRPr="00E635F8" w:rsidRDefault="000463F7" w:rsidP="00E635F8">
+        <w:p w14:paraId="1AE53EF7" w14:textId="77777777" w:rsidR="00BC4619" w:rsidRPr="003F3B5A" w:rsidRDefault="00BC4619" w:rsidP="00BC4619">
           <w:pPr>
             <w:pStyle w:val="CIMS-Dates"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E635F8">
+          <w:r w:rsidRPr="003F3B5A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Revised: 2025-XX-XX</w:t>
+            <w:t>Revised: 2026-XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3213" w:type="dxa"/>
+          <w:tcW w:w="2470" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="6D30C418" w14:textId="064572C7" w:rsidR="000463F7" w:rsidRPr="00E635F8" w:rsidRDefault="000463F7" w:rsidP="00E635F8">
+        <w:p w14:paraId="67AD3A5B" w14:textId="77777777" w:rsidR="00BC4619" w:rsidRPr="003F3B5A" w:rsidRDefault="00BC4619" w:rsidP="00BC4619">
           <w:pPr>
             <w:pStyle w:val="CIMS-Dates"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E635F8">
+          <w:r w:rsidRPr="003F3B5A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Accepted: 2025-XX-XX</w:t>
+            <w:t>Accepted: 2026-XX-XX</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2257" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w14:paraId="7BA4B0D6" w14:textId="77777777" w:rsidR="00BC4619" w:rsidRPr="003F3B5A" w:rsidRDefault="00BC4619" w:rsidP="00BC4619">
+          <w:pPr>
+            <w:pStyle w:val="CIMS-Dates"/>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="003F3B5A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+            <w:t>Published: 2026-XX-XX</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="5546023D" w14:textId="640C49A1" w:rsidR="00CE101E" w:rsidRPr="00E635F8" w:rsidRDefault="00AF07CA" w:rsidP="00FD7ED7">
+  <w:p w14:paraId="5546023D" w14:textId="33AE0AA5" w:rsidR="00CE101E" w:rsidRPr="00E635F8" w:rsidRDefault="00AF07CA" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-Copyright"/>
     </w:pPr>
     <w:r w:rsidRPr="00157833">
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="13589B1C" wp14:editId="5A94DE49">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>2516505</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10135870</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="511175" cy="179705"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="964611883" name="Рисунок 7" descr="Зображення, що містить більярдна куля, символ&#10;&#10;Автоматично згенерований опис"/>
+          <wp:docPr id="199720826" name="Рисунок 7" descr="Зображення, що містить більярдна куля, символ&#10;&#10;Автоматично згенерований опис"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1627015213" name="Рисунок 7" descr="Зображення, що містить більярдна куля, символ&#10;&#10;Автоматично згенерований опис"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="511175" cy="179705"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00354793" w:rsidRPr="00E635F8">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00CE101E" w:rsidRPr="00E635F8">
       <w:t>Copyright © 202</w:t>
     </w:r>
-    <w:r w:rsidR="003E7AC4" w:rsidRPr="00E635F8">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00BC4619">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00CE101E" w:rsidRPr="00E635F8">
       <w:t xml:space="preserve"> Authors.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="076CF379" w14:textId="1F1232DC" w:rsidR="00AA12B2" w:rsidRPr="00E635F8" w:rsidRDefault="00354793" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-Copyright"/>
     </w:pPr>
     <w:r w:rsidRPr="00E635F8">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00E30F77" w:rsidRPr="00E635F8">
       <w:t>This work is licensed under a Creative</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FCCD02B" w14:textId="79C52B6A" w:rsidR="00E30F77" w:rsidRPr="00E635F8" w:rsidRDefault="00AA12B2" w:rsidP="00FD7ED7">
     <w:pPr>
       <w:pStyle w:val="CIMS-Copyright"/>
     </w:pPr>
     <w:r w:rsidRPr="00E635F8">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00E30F77" w:rsidRPr="00E635F8">
       <w:t>Commons Attribution 4.0</w:t>
     </w:r>
     <w:r w:rsidRPr="00E635F8">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00E30F77" w:rsidRPr="00E635F8">
       <w:t>International License.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FB6A67D" w14:textId="77777777" w:rsidR="00895050" w:rsidRDefault="00895050" w:rsidP="00BC7229">
+    <w:p w14:paraId="4833B2DB" w14:textId="77777777" w:rsidR="00A3681F" w:rsidRDefault="00A3681F" w:rsidP="00BC7229">
       <w:bookmarkStart w:id="0" w:name="_Hlk170622128"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F13FAE0" w14:textId="77777777" w:rsidR="00895050" w:rsidRDefault="00895050" w:rsidP="00BC7229">
+    <w:p w14:paraId="6CD0A7CF" w14:textId="77777777" w:rsidR="00A3681F" w:rsidRDefault="00A3681F" w:rsidP="00BC7229">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A68220B" w14:textId="29BD2303" w:rsidR="00D73700" w:rsidRPr="00411CB6" w:rsidRDefault="005F1C8B" w:rsidP="00330355">
+  <w:p w14:paraId="7A68220B" w14:textId="6C3F778F" w:rsidR="00D73700" w:rsidRPr="00411CB6" w:rsidRDefault="005F1C8B" w:rsidP="00330355">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopAge2"/>
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="0029580F">
@@ -22519,102 +21727,125 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Challenges and Issues of Modern Science</w:t>
     </w:r>
     <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">2025, Vol. 4, No. </w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="009C4AAF">
+    <w:r w:rsidR="00BC4619">
       <w:rPr>
         <w:szCs w:val="14"/>
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
+      <w:rPr>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="00BC4619">
+      <w:rPr>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="004853BD" w:rsidRPr="0029580F">
+      <w:rPr>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, No. </w:t>
+    </w:r>
+    <w:r w:rsidR="00BC4619">
+      <w:rPr>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00411CB6">
       <w:rPr>
         <w:szCs w:val="14"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00411CB6">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">ID </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:alias w:val="Категорія"/>
         <w:tag w:val=""/>
         <w:id w:val="1475492297"/>
         <w:placeholder>
           <w:docPart w:val="15F55DE2877E489FA6BDD294FC11C6B6"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="00411CB6">
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>YYY</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0DF156E0" w14:textId="56592F1A" w:rsidR="004853BD" w:rsidRPr="0029580F" w:rsidRDefault="004853BD" w:rsidP="00330355">
+  <w:p w14:paraId="0DF156E0" w14:textId="25FB38CD" w:rsidR="004853BD" w:rsidRPr="0029580F" w:rsidRDefault="004853BD" w:rsidP="00330355">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9355"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Challenges and Issues of Modern Science</w:t>
     </w:r>
     <w:r w:rsidR="005F1C8B" w:rsidRPr="0029580F">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
@@ -22680,59 +21911,86 @@
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00411CB6">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00411CB6">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0029580F">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:br/>
-      <w:t xml:space="preserve">2025, Vol. 4, No. </w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="009C4AAF">
+    <w:r w:rsidR="00BC4619">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0029580F">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="00BC4619">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0029580F">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, No. </w:t>
+    </w:r>
+    <w:r w:rsidR="00BC4619">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00411CB6">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">, ID </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:alias w:val="Категорія"/>
         <w:tag w:val=""/>
         <w:id w:val="-1732614898"/>
         <w:placeholder>
           <w:docPart w:val="D67C21B063444613A1F9878057397381"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="00411CB6">
@@ -22745,51 +22003,51 @@
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="120B2BDF" w14:textId="77777777" w:rsidR="00411CB6" w:rsidRPr="0088218B" w:rsidRDefault="00411CB6" w:rsidP="00411CB6">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
     </w:pPr>
     <w:r w:rsidRPr="0088218B">
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E28A5FD" wp14:editId="3874B98C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>702945</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="781050" cy="572135"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1924642628" name="Рисунок 3" descr="Зображення, що містить Графіка, Шрифт, логотип, графічний дизайн&#10;&#10;Автоматично згенерований опис">
+          <wp:docPr id="1865270469" name="Рисунок 3" descr="Зображення, що містить Графіка, Шрифт, логотип, графічний дизайн&#10;&#10;Автоматично згенерований опис">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId1"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1609958410" name="Рисунок 3" descr="Зображення, що містить Графіка, Шрифт, логотип, графічний дизайн&#10;&#10;Автоматично згенерований опис">
                     <a:hlinkClick r:id="rId1"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
@@ -22798,115 +22056,139 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="781050" cy="572135"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="0088218B">
       <w:tab/>
       <w:t>Challenges and Issues of Modern Science</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="519EBA7D" w14:textId="7E3C6C4C" w:rsidR="00411CB6" w:rsidRDefault="00411CB6" w:rsidP="00411CB6">
+  <w:p w14:paraId="519EBA7D" w14:textId="0C87D99F" w:rsidR="00411CB6" w:rsidRDefault="00411CB6" w:rsidP="00411CB6">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
     </w:pPr>
     <w:r>
       <w:tab/>
-      <w:t>2025,</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00BC4619">
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00510AD1">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve">Vol. 4, No. 2, ID </w:t>
+      <w:t xml:space="preserve">Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="00BC4619">
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">, No. </w:t>
+    </w:r>
+    <w:r w:rsidR="00BC4619">
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">, ID </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Категорія"/>
         <w:tag w:val=""/>
         <w:id w:val="838964810"/>
         <w:placeholder>
           <w:docPart w:val="1F06F22D081848ED8CA659C55C703A50"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:r>
           <w:t>YYY</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="51653B41" w14:textId="77777777" w:rsidR="00411CB6" w:rsidRDefault="00411CB6" w:rsidP="00411CB6">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="0096691D">
       <w:t>ISSN: 3083-5704</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="339F1165" w14:textId="77777777" w:rsidR="00411CB6" w:rsidRPr="00F142C2" w:rsidRDefault="00411CB6" w:rsidP="00411CB6">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">URL: </w:t>
     </w:r>
     <w:r w:rsidRPr="00771EA5">
       <w:t>https://cims.fti.dp.ua/j/article/view/</w:t>
     </w:r>
     <w:r>
       <w:t>YYY</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="786B0EEE" w14:textId="77777777" w:rsidR="00411CB6" w:rsidRDefault="00411CB6" w:rsidP="00411CB6">
+  <w:p w14:paraId="786B0EEE" w14:textId="6DF28E6E" w:rsidR="00411CB6" w:rsidRDefault="00411CB6" w:rsidP="00411CB6">
     <w:pPr>
       <w:pStyle w:val="CIMS-TopEdge"/>
     </w:pPr>
     <w:r w:rsidRPr="00F142C2">
       <w:tab/>
-      <w:t>DOI: https://doi.org/10.15421/cims.4.</w:t>
+      <w:t>DOI: https://doi.org/10.15421/cims.</w:t>
+    </w:r>
+    <w:r w:rsidR="00BC4619">
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F142C2">
+      <w:t>.</w:t>
     </w:r>
     <w:r>
       <w:t>YYY</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E27E94CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -24505,127 +23787,128 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1944991955">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1578631808">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1375883673">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="User">
     <w15:presenceInfo w15:providerId="None" w15:userId="User"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="210"/>
+  <w:zoom w:percent="170"/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="357"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="CIMS-Table"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006961D1"/>
     <w:rsid w:val="0000017E"/>
     <w:rsid w:val="00003769"/>
     <w:rsid w:val="00015803"/>
     <w:rsid w:val="00031054"/>
     <w:rsid w:val="00034349"/>
+    <w:rsid w:val="00036012"/>
     <w:rsid w:val="0003784C"/>
     <w:rsid w:val="000463F7"/>
     <w:rsid w:val="000521BB"/>
     <w:rsid w:val="00052913"/>
     <w:rsid w:val="000546EC"/>
     <w:rsid w:val="00065EB7"/>
     <w:rsid w:val="00067FBF"/>
     <w:rsid w:val="0007013B"/>
     <w:rsid w:val="0007371B"/>
     <w:rsid w:val="00077B44"/>
     <w:rsid w:val="00094822"/>
     <w:rsid w:val="000A6E39"/>
     <w:rsid w:val="000B2DD4"/>
     <w:rsid w:val="000B49F0"/>
     <w:rsid w:val="000B6226"/>
     <w:rsid w:val="000C41CF"/>
     <w:rsid w:val="000D41A5"/>
     <w:rsid w:val="000D69C9"/>
     <w:rsid w:val="000E06F7"/>
     <w:rsid w:val="000E1365"/>
     <w:rsid w:val="000F08E0"/>
     <w:rsid w:val="000F7B61"/>
     <w:rsid w:val="00106A33"/>
     <w:rsid w:val="00110C60"/>
     <w:rsid w:val="0011161E"/>
     <w:rsid w:val="001348F1"/>
     <w:rsid w:val="00136E04"/>
     <w:rsid w:val="001379C1"/>
     <w:rsid w:val="001417E4"/>
     <w:rsid w:val="00157833"/>
     <w:rsid w:val="00164899"/>
     <w:rsid w:val="00165BE2"/>
     <w:rsid w:val="00173A55"/>
     <w:rsid w:val="00175914"/>
     <w:rsid w:val="00177E51"/>
     <w:rsid w:val="00182DD0"/>
     <w:rsid w:val="001868A7"/>
     <w:rsid w:val="0019306F"/>
     <w:rsid w:val="001955C4"/>
     <w:rsid w:val="00197709"/>
+    <w:rsid w:val="001A7876"/>
     <w:rsid w:val="001B3767"/>
     <w:rsid w:val="001B7446"/>
     <w:rsid w:val="001B7593"/>
     <w:rsid w:val="001C0601"/>
     <w:rsid w:val="001C646B"/>
     <w:rsid w:val="001D7509"/>
     <w:rsid w:val="001E791E"/>
     <w:rsid w:val="001F7330"/>
     <w:rsid w:val="002001F6"/>
     <w:rsid w:val="002035C8"/>
     <w:rsid w:val="00207FF3"/>
     <w:rsid w:val="002102C5"/>
     <w:rsid w:val="002175D1"/>
     <w:rsid w:val="002238DC"/>
     <w:rsid w:val="00233897"/>
     <w:rsid w:val="00234521"/>
     <w:rsid w:val="00234A5F"/>
     <w:rsid w:val="00242A08"/>
     <w:rsid w:val="002458C1"/>
     <w:rsid w:val="00253209"/>
     <w:rsid w:val="00260986"/>
     <w:rsid w:val="00261665"/>
     <w:rsid w:val="002623B5"/>
     <w:rsid w:val="00267FD5"/>
     <w:rsid w:val="002761CD"/>
@@ -24686,78 +23969,80 @@
     <w:rsid w:val="00425966"/>
     <w:rsid w:val="0043552D"/>
     <w:rsid w:val="004360B2"/>
     <w:rsid w:val="00444A00"/>
     <w:rsid w:val="004560DC"/>
     <w:rsid w:val="0046063A"/>
     <w:rsid w:val="00460FFF"/>
     <w:rsid w:val="00473A36"/>
     <w:rsid w:val="00483E5B"/>
     <w:rsid w:val="004853BD"/>
     <w:rsid w:val="004879CF"/>
     <w:rsid w:val="00495738"/>
     <w:rsid w:val="0049740E"/>
     <w:rsid w:val="004979C4"/>
     <w:rsid w:val="004D6D46"/>
     <w:rsid w:val="004F2F7B"/>
     <w:rsid w:val="00500214"/>
     <w:rsid w:val="005008A3"/>
     <w:rsid w:val="00505609"/>
     <w:rsid w:val="00510AD1"/>
     <w:rsid w:val="00511A7E"/>
     <w:rsid w:val="00527C13"/>
     <w:rsid w:val="00531A24"/>
     <w:rsid w:val="00534186"/>
     <w:rsid w:val="00537BF0"/>
+    <w:rsid w:val="0054211C"/>
     <w:rsid w:val="00542840"/>
     <w:rsid w:val="00547DA3"/>
     <w:rsid w:val="0055065A"/>
     <w:rsid w:val="005510F2"/>
     <w:rsid w:val="005513D2"/>
     <w:rsid w:val="0057226A"/>
     <w:rsid w:val="00576085"/>
     <w:rsid w:val="00582BC7"/>
     <w:rsid w:val="005B6AF4"/>
     <w:rsid w:val="005C05B6"/>
     <w:rsid w:val="005C6065"/>
     <w:rsid w:val="005D351C"/>
     <w:rsid w:val="005F18E3"/>
     <w:rsid w:val="005F1C8B"/>
     <w:rsid w:val="005F25BF"/>
     <w:rsid w:val="005F5D95"/>
     <w:rsid w:val="00602FB5"/>
     <w:rsid w:val="00624FA1"/>
     <w:rsid w:val="00625520"/>
     <w:rsid w:val="00630918"/>
     <w:rsid w:val="006315BF"/>
     <w:rsid w:val="00633B0C"/>
     <w:rsid w:val="00642E41"/>
     <w:rsid w:val="00643BA8"/>
     <w:rsid w:val="006470BB"/>
     <w:rsid w:val="0065181D"/>
     <w:rsid w:val="006713CC"/>
     <w:rsid w:val="00674032"/>
+    <w:rsid w:val="00694BB4"/>
     <w:rsid w:val="006961D1"/>
     <w:rsid w:val="006A2984"/>
     <w:rsid w:val="006A2A67"/>
     <w:rsid w:val="006A4A73"/>
     <w:rsid w:val="006C1074"/>
     <w:rsid w:val="006D1C51"/>
     <w:rsid w:val="006E530D"/>
     <w:rsid w:val="007079B4"/>
     <w:rsid w:val="0071329A"/>
     <w:rsid w:val="0071441A"/>
     <w:rsid w:val="0071752F"/>
     <w:rsid w:val="00720314"/>
     <w:rsid w:val="00725245"/>
     <w:rsid w:val="0072677F"/>
     <w:rsid w:val="0073573A"/>
     <w:rsid w:val="00740EE6"/>
     <w:rsid w:val="00747300"/>
     <w:rsid w:val="007523B7"/>
     <w:rsid w:val="00752F16"/>
     <w:rsid w:val="00775581"/>
     <w:rsid w:val="00782FBA"/>
     <w:rsid w:val="007853C4"/>
     <w:rsid w:val="00786F87"/>
     <w:rsid w:val="0079398A"/>
     <w:rsid w:val="00794723"/>
@@ -24809,152 +24094,158 @@
     <w:rsid w:val="009141F8"/>
     <w:rsid w:val="00916EB2"/>
     <w:rsid w:val="00916ED6"/>
     <w:rsid w:val="00917E89"/>
     <w:rsid w:val="009248DE"/>
     <w:rsid w:val="009255C8"/>
     <w:rsid w:val="0093304A"/>
     <w:rsid w:val="009346F1"/>
     <w:rsid w:val="009360C1"/>
     <w:rsid w:val="00937B3D"/>
     <w:rsid w:val="00943A5A"/>
     <w:rsid w:val="0095004F"/>
     <w:rsid w:val="00952768"/>
     <w:rsid w:val="00963336"/>
     <w:rsid w:val="0096691D"/>
     <w:rsid w:val="009736CC"/>
     <w:rsid w:val="009767A8"/>
     <w:rsid w:val="00977E96"/>
     <w:rsid w:val="00993DC2"/>
     <w:rsid w:val="00994DA9"/>
     <w:rsid w:val="00996D34"/>
     <w:rsid w:val="009A07BD"/>
     <w:rsid w:val="009B152B"/>
     <w:rsid w:val="009B7A5C"/>
     <w:rsid w:val="009C0C1F"/>
+    <w:rsid w:val="009C495D"/>
     <w:rsid w:val="009C4AAF"/>
     <w:rsid w:val="009D00B1"/>
     <w:rsid w:val="009D0371"/>
     <w:rsid w:val="009D782D"/>
     <w:rsid w:val="009F57CC"/>
     <w:rsid w:val="00A0039E"/>
     <w:rsid w:val="00A12C97"/>
     <w:rsid w:val="00A203EF"/>
     <w:rsid w:val="00A30F53"/>
+    <w:rsid w:val="00A3681F"/>
     <w:rsid w:val="00A523AB"/>
     <w:rsid w:val="00A6208E"/>
     <w:rsid w:val="00A70A1F"/>
     <w:rsid w:val="00A757B2"/>
     <w:rsid w:val="00A8004F"/>
     <w:rsid w:val="00A86B0A"/>
     <w:rsid w:val="00A90DE0"/>
     <w:rsid w:val="00AA0588"/>
     <w:rsid w:val="00AA12B2"/>
     <w:rsid w:val="00AA7EDA"/>
     <w:rsid w:val="00AB12CA"/>
     <w:rsid w:val="00AB4B4C"/>
     <w:rsid w:val="00AD418C"/>
     <w:rsid w:val="00AE2E8F"/>
     <w:rsid w:val="00AE5604"/>
     <w:rsid w:val="00AE5904"/>
     <w:rsid w:val="00AE5E24"/>
     <w:rsid w:val="00AF07CA"/>
     <w:rsid w:val="00AF674D"/>
     <w:rsid w:val="00B0540C"/>
     <w:rsid w:val="00B05518"/>
     <w:rsid w:val="00B06787"/>
     <w:rsid w:val="00B07E13"/>
     <w:rsid w:val="00B122BA"/>
     <w:rsid w:val="00B133EA"/>
     <w:rsid w:val="00B1683A"/>
     <w:rsid w:val="00B23D81"/>
     <w:rsid w:val="00B25204"/>
     <w:rsid w:val="00B30E32"/>
     <w:rsid w:val="00B313C3"/>
     <w:rsid w:val="00B3348F"/>
     <w:rsid w:val="00B409AE"/>
     <w:rsid w:val="00B573D7"/>
     <w:rsid w:val="00B81647"/>
     <w:rsid w:val="00B8223E"/>
     <w:rsid w:val="00B87514"/>
     <w:rsid w:val="00BB5618"/>
     <w:rsid w:val="00BB7791"/>
+    <w:rsid w:val="00BC4619"/>
     <w:rsid w:val="00BC7229"/>
     <w:rsid w:val="00BD47BC"/>
     <w:rsid w:val="00BD56A7"/>
     <w:rsid w:val="00BD7E3E"/>
     <w:rsid w:val="00BE66F3"/>
     <w:rsid w:val="00BF13DD"/>
     <w:rsid w:val="00C02C8B"/>
     <w:rsid w:val="00C06270"/>
     <w:rsid w:val="00C065D1"/>
     <w:rsid w:val="00C079E3"/>
     <w:rsid w:val="00C202DB"/>
     <w:rsid w:val="00C21451"/>
     <w:rsid w:val="00C37069"/>
     <w:rsid w:val="00C433F4"/>
     <w:rsid w:val="00C46190"/>
     <w:rsid w:val="00C46EB2"/>
     <w:rsid w:val="00C615C4"/>
     <w:rsid w:val="00C628D7"/>
     <w:rsid w:val="00C65C6C"/>
     <w:rsid w:val="00C85A9D"/>
     <w:rsid w:val="00C93CA6"/>
     <w:rsid w:val="00C94105"/>
+    <w:rsid w:val="00CA4591"/>
     <w:rsid w:val="00CB59E2"/>
     <w:rsid w:val="00CC4616"/>
     <w:rsid w:val="00CD6EAE"/>
     <w:rsid w:val="00CD78DA"/>
     <w:rsid w:val="00CE101E"/>
     <w:rsid w:val="00CE7F37"/>
     <w:rsid w:val="00D02D91"/>
     <w:rsid w:val="00D0557C"/>
     <w:rsid w:val="00D12B0B"/>
     <w:rsid w:val="00D23CCA"/>
     <w:rsid w:val="00D32227"/>
     <w:rsid w:val="00D3554E"/>
     <w:rsid w:val="00D363D7"/>
     <w:rsid w:val="00D4451B"/>
     <w:rsid w:val="00D50163"/>
     <w:rsid w:val="00D51441"/>
     <w:rsid w:val="00D71118"/>
     <w:rsid w:val="00D73700"/>
     <w:rsid w:val="00D80E46"/>
     <w:rsid w:val="00D81383"/>
     <w:rsid w:val="00D85622"/>
     <w:rsid w:val="00D9367E"/>
     <w:rsid w:val="00D94E67"/>
     <w:rsid w:val="00D97C0C"/>
     <w:rsid w:val="00DA1661"/>
     <w:rsid w:val="00DA56C6"/>
     <w:rsid w:val="00DB5DF0"/>
     <w:rsid w:val="00DB5FD0"/>
     <w:rsid w:val="00DB6435"/>
     <w:rsid w:val="00DC0741"/>
+    <w:rsid w:val="00DC39EC"/>
     <w:rsid w:val="00DD21BB"/>
     <w:rsid w:val="00DD24CC"/>
     <w:rsid w:val="00DD4599"/>
+    <w:rsid w:val="00E00088"/>
     <w:rsid w:val="00E05939"/>
     <w:rsid w:val="00E17473"/>
     <w:rsid w:val="00E23089"/>
     <w:rsid w:val="00E230DF"/>
     <w:rsid w:val="00E30F77"/>
     <w:rsid w:val="00E3268B"/>
     <w:rsid w:val="00E413BF"/>
     <w:rsid w:val="00E41857"/>
     <w:rsid w:val="00E46E37"/>
     <w:rsid w:val="00E47DC7"/>
     <w:rsid w:val="00E54D2C"/>
     <w:rsid w:val="00E560D9"/>
     <w:rsid w:val="00E560F4"/>
     <w:rsid w:val="00E635F8"/>
     <w:rsid w:val="00E749D8"/>
     <w:rsid w:val="00E84602"/>
     <w:rsid w:val="00E84F27"/>
     <w:rsid w:val="00E9142C"/>
     <w:rsid w:val="00EA2A45"/>
     <w:rsid w:val="00ED3A32"/>
     <w:rsid w:val="00ED5E28"/>
     <w:rsid w:val="00F04AEC"/>
     <w:rsid w:val="00F16564"/>
     <w:rsid w:val="00F20D9F"/>
     <w:rsid w:val="00F21B14"/>
@@ -28260,51 +27551,51 @@
     <w:div w:id="1457524153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cims.fti.dp.ua/j/article-types" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udcsummary.info/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/baMl-M9eDpk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/baMl-M9eDpk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.crossref.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/products/publication-manual-7th-edition" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cims.fti.dp.ua/j" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1F06F22D081848ED8CA659C55C703A50"/>
         <w:category>
           <w:name w:val="Загальні"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -28374,87 +27665,87 @@
         <w:p w:rsidR="00E1272A" w:rsidRDefault="00AE2651">
           <w:r w:rsidRPr="005A55CA">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>[Категорія]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -28491,51 +27782,55 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE2651"/>
     <w:rsid w:val="000416DA"/>
     <w:rsid w:val="000F7B61"/>
+    <w:rsid w:val="003D3FE7"/>
     <w:rsid w:val="0054077D"/>
+    <w:rsid w:val="0054211C"/>
+    <w:rsid w:val="005671DE"/>
+    <w:rsid w:val="00694BB4"/>
     <w:rsid w:val="00AE2651"/>
     <w:rsid w:val="00E1272A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -29267,73 +28562,73 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7766</Characters>
+  <Pages>1</Pages>
+  <Words>3390</Words>
+  <Characters>18308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>435</Lines>
+  <Paragraphs>219</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21347</CharactersWithSpaces>
+  <CharactersWithSpaces>21479</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>YYY</cp:category>
 </cp:coreProperties>
 </file>